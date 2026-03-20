--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,78 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="002D376F" w14:textId="6FFDDFF5" w:rsidR="0075407C" w:rsidRPr="0075716B" w:rsidRDefault="0075407C" w:rsidP="00A123E5">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:i/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075716B">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4ACE5F4C" wp14:editId="323111C8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4ACE5F4C" wp14:editId="4EEEE12A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5943600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-179070</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="912433" cy="704850"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -143,3065 +144,7906 @@
       </w:r>
       <w:r w:rsidRPr="0075716B">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7497F594" w14:textId="77777777" w:rsidR="00CC7EE0" w:rsidRPr="00A123E5" w:rsidRDefault="00CC7EE0" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="340326D9" w14:textId="77777777" w:rsidR="00154913" w:rsidRPr="00A123E5" w:rsidRDefault="00154913" w:rsidP="0075716B">
-[...877 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6277"/>
         <w:gridCol w:w="4405"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD6719" w:rsidRPr="000D1372" w14:paraId="2AD248DF" w14:textId="77777777" w:rsidTr="00942AA6">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w14:paraId="00759BCA" w14:textId="77777777" w:rsidTr="000C7F3C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6591F0DD" w14:textId="61B04D51" w:rsidR="00BD6719" w:rsidRPr="00732173" w:rsidRDefault="00BD6719" w:rsidP="0075716B">
+          <w:p w14:paraId="54ACB3AB" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk199256608"/>
-            <w:r w:rsidRPr="00732173">
+            <w:bookmarkStart w:id="0" w:name="_Hlk199256608"/>
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0075716B" w:rsidRPr="000D1372" w14:paraId="089B9514" w14:textId="77777777" w:rsidTr="00BD6719">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w14:paraId="14B32476" w14:textId="77777777" w:rsidTr="000C7F3C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A887037" w14:textId="0AB20F3B" w:rsidR="0075716B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="0075716B">
+          <w:p w14:paraId="3AE640BE" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>GLC Trainee No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F45ECD6" w14:textId="1B94B3A8" w:rsidR="0075716B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="0075716B">
+          <w:p w14:paraId="2E4E80E2" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Occupation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153E4B" w:rsidRPr="000D1372" w14:paraId="17C54634" w14:textId="77777777" w:rsidTr="00BD6719">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w14:paraId="4F832696" w14:textId="77777777" w:rsidTr="000C7F3C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFEF6DF" w14:textId="4A8C638C" w:rsidR="00153E4B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="00153E4B">
+          <w:p w14:paraId="378A8BD9" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732173">
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0951876E" w14:textId="3ECE36F7" w:rsidR="00153E4B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="00153E4B">
+          <w:p w14:paraId="5923DA86" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732173">
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
-[...37 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mobile No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153E4B" w:rsidRPr="000D1372" w14:paraId="2A2EBF85" w14:textId="77777777" w:rsidTr="00BD6719">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w14:paraId="69E9269F" w14:textId="77777777" w:rsidTr="000C7F3C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1069D7F1" w14:textId="7BBAB1D0" w:rsidR="00153E4B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="00153E4B">
+          <w:p w14:paraId="756C3583" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732173">
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
-[...19 lines deleted...]
-              <w:t>roup Leader:</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dgroup Leader:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="478DE8F4" w14:textId="44447B63" w:rsidR="00153E4B" w:rsidRPr="00732173" w:rsidRDefault="00153E4B" w:rsidP="00153E4B">
+          <w:p w14:paraId="534DC771" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00F66C3E" w:rsidRDefault="00F851CC" w:rsidP="000C7F3C">
             <w:pPr>
               <w:pStyle w:val="MediumGrid21"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732173">
+            <w:r w:rsidRPr="00F66C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Area Pastor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="79DDFFD6" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRDefault="00F851CC" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340326D9" w14:textId="5509F3E2" w:rsidR="00154913" w:rsidRPr="00F66C3E" w:rsidRDefault="00154913" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congratulations! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F61969" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00F66C3E" w:rsidRDefault="00575230" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3739D565" w14:textId="6687EBCD" w:rsidR="00154913" w:rsidRPr="00F66C3E" w:rsidRDefault="00154913" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are now </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a few steps from </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">successfully </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completing </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CBE" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07B36" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130CD6B9" w14:textId="63A83D77" w:rsidR="00154913" w:rsidRPr="00F66C3E" w:rsidRDefault="00CC6020" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be a </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C" w:rsidRPr="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>certified GLC Level 1 Training graduate</w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and be </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40642" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>move on</w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CBE" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r w:rsidR="00F070CA" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make sure that </w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you have fulfilled the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC Level 1 graduation </w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00596F41" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4E11E5" w14:textId="77777777" w:rsidR="00F669B7" w:rsidRPr="00F66C3E" w:rsidRDefault="00F669B7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06DF9AFA" w14:textId="274E88A4" w:rsidR="00F669B7" w:rsidRPr="00F66C3E" w:rsidRDefault="00F070CA" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Finish</w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Books 1-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00004660" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk196819028"/>
+      <w:r w:rsidR="00004660" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">check which format) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="260A41BD" w14:textId="47FFC649" w:rsidR="00F669B7" w:rsidRPr="00F66C3E" w:rsidRDefault="005C0AF8" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Face-to-f</w:t>
+      </w:r>
+      <w:r w:rsidR="00026D41" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ce /</w:t>
+      </w:r>
+      <w:r w:rsidR="00361B78" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Large Group Class</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10211C54" w14:textId="1A8652FC" w:rsidR="00F669B7" w:rsidRPr="00F66C3E" w:rsidRDefault="00361B78" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zoom Class</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F8A14A" w14:textId="56C098DE" w:rsidR="00A123E5" w:rsidRPr="00F66C3E" w:rsidRDefault="00A123E5" w:rsidP="00A123E5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC E-Learning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(formerly GLC Online</w:t>
+      </w:r>
+      <w:r w:rsidR="00A530B4" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C6C" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00A530B4" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Self-Paced Learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4F3860" w14:textId="21114189" w:rsidR="00F669B7" w:rsidRPr="00975ABD" w:rsidRDefault="00F669B7" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="270"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51E83" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Groups </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Dgroup leader to use the GLC in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51E83" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Groups </w:t>
+      </w:r>
+      <w:r w:rsidR="00B146C3" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Form)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0850DD" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRPr="00F66C3E" w:rsidRDefault="00975ABD" w:rsidP="00975ABD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129CC57D" w14:textId="31DB1076" w:rsidR="00004660" w:rsidRPr="00F66C3E" w:rsidRDefault="00F070CA" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2B77" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>egister</w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a</w:t>
+      </w:r>
+      <w:r w:rsidR="00004660" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6020" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00004660" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>roup Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00493583" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk196819116"/>
+      <w:r w:rsidR="00AD3D20" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>through the CCF Mobile App</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6EE0" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
-    </w:tbl>
+    </w:p>
+    <w:p w14:paraId="53B8DE7D" w14:textId="67C4B356" w:rsidR="0075716B" w:rsidRDefault="00F070CA" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Attend</w:t>
+      </w:r>
+      <w:r w:rsidR="00F669B7" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00726AB5" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/commit to attend</w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a True</w:t>
+      </w:r>
+      <w:r w:rsidR="00493583" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Life retreat</w:t>
+      </w:r>
+      <w:r w:rsidR="0075716B" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A530B4" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00726AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If attended: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A530B4" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>When: __________</w:t>
+      </w:r>
+      <w:r w:rsidR="00726AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A530B4" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Where: ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E03BA1" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRPr="00F66C3E" w:rsidRDefault="00975ABD" w:rsidP="00975ABD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A5E608F" w14:textId="1D2DDB71" w:rsidR="00F669B7" w:rsidRPr="00F851CC" w:rsidRDefault="00F669B7" w:rsidP="00F669B7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accomplished </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Life App </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Check what you’ve accomplished:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64458C8B" w14:textId="561CC422" w:rsidR="00F851CC" w:rsidRPr="00F851CC" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="414"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Written down my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TURNING POINT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (salvation) Testimony</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492566B5" w14:textId="77777777" w:rsidR="0025480C" w:rsidRDefault="00F851CC" w:rsidP="0025480C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="414"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Practiced Pray-Care-Share with at least 3 people </w:t>
+      </w:r>
+      <w:r w:rsidR="00726AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AB8137" w14:textId="39A9FB95" w:rsidR="00726AB5" w:rsidRPr="0025480C" w:rsidRDefault="00F851CC" w:rsidP="0025480C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="414"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Read the entire New Testament </w:t>
+      </w:r>
+      <w:r w:rsidR="00726AB5" w:rsidRPr="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763C4BE1" w14:textId="29187674" w:rsidR="00607C25" w:rsidRDefault="00726AB5" w:rsidP="0025480C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="145C89C3" wp14:editId="3AAC4A82">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1237936</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>23495</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="132080" cy="102550"/>
+                <wp:effectExtent l="0" t="0" r="7620" b="12065"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1693647525" name="Frame 13"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="132080" cy="102550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="frame">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="6350"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1B185948" id="Frame 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:97.5pt;margin-top:1.85pt;width:10.4pt;height:8.05pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="132080,102550" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQASWQgvYgIAACMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7bTpOuCOkXQosOA&#13;&#10;og3WDj2rslQbkEWNUuJkXz9KdpxgLXYYdpEpkXwinx91ebVrDdsq9A3YkheTnDNlJVSNfS35j6fb&#13;&#10;Txec+SBsJQxYVfK98vxq+fHDZecWago1mEohIxDrF50reR2CW2SZl7VqhZ+AU5acGrAVgbb4mlUo&#13;&#10;OkJvTTbN8/OsA6wcglTe0+lN7+TLhK+1kuFBa68CMyWn2kJaMa0vcc2Wl2LxisLVjRzKEP9QRSsa&#13;&#10;S5eOUDciCLbB5g1U20gEDzpMJLQZaN1IlXqgbor8j24ea+FU6oXI8W6kyf8/WHm/fXRrJBo65xee&#13;&#10;zNjFTmMbv1Qf2yWy9iNZaheYpMPibJpfEKWSXEU+nc8Tmdkx2aEPXxW0LBol1yja2IxYiO2dD3Qj&#13;&#10;xR5i4rGxrCv5+dkAdKwnWWFvVB/1XWnWVFTBNKElqahrg2wr6CcLKZUNRe+qRaX642Ke54cCx4xU&#13;&#10;grEEGJF1Y8yIPQBEGb7F7msf4mOqSkobk/O/FdYnjxnpZrBhTG4bC/gegKGuhpv7eCr/hJpovkC1&#13;&#10;XyND6HXunbxtiPw74cNaIAmb/hcNa3igRRsgumGwOKsBf713HuNJb+TlrKNBKbn/uRGoODPfLCnx&#13;&#10;SzGbxclKm9n885Q2eOp5OfXYTXsN9JsKehacTGaMD+ZgaoT2mWZ6FW8ll7CS7i65DHjYXId+gOlV&#13;&#10;kGq1SmE0TU6EO/voZASPrEZtPe2eBbpBgYGkew+HoXqjwz42ZlpYbQLoJon0yOvAN01iEs7wasRR&#13;&#10;P92nqOPbtvwNAAD//wMAUEsDBBQABgAIAAAAIQBcZdgv4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sTI9PS8NAEMXvgt9hGcGb3bRSk6bZFP9kwZvYCuJtm4xJMDsbstsk+umdnvQy8Hi8N++X7Wbb&#13;&#10;iREH3zpSsFxEIJBKV7VUK3g76JsEhA+GKtM5QgXf6GGXX15kJq3cRK847kMtuIR8ahQ0IfSplL5s&#13;&#10;0Bq/cD0Se59usCawHGpZDWbictvJVRTdSWta4g+N6fGxwfJrf7IK4o93XdQPz8VhKn9ivUn0WLxo&#13;&#10;pa6v5qctn/stiIBz+EvAmYH3Q87Dju5ElRcd682agYKC2xgE+6vlmnmOZyMBmWfyP0X+CwAA//8D&#13;&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#13;&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#13;&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABJZCC9iAgAAIwUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#13;&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFxl2C/iAAAADQEAAA8AAAAAAAAAAAAAAAAAvAQA&#13;&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#13;&#10;" path="m,l132080,r,102550l,102550,,xm12819,12819r,76912l119261,89731r,-76912l12819,12819xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight=".5pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;132080,0;132080,102550;0,102550;0,0;12819,12819;12819,89731;119261,89731;119261,12819;12819,12819" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF NOT:    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Read the four Gospels (Matthew, Mark, Luke, John</w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and Acts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and commit to read the entire New Testament before GLC Level 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577A66AE" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRPr="00726AB5" w:rsidRDefault="00975ABD" w:rsidP="0025480C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044A7217" w14:textId="67473B3D" w:rsidR="001B141C" w:rsidRPr="00F851CC" w:rsidRDefault="001B141C" w:rsidP="00726AB5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Life App form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>signed/attested by your Dgroup Leader</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0622F80F" w14:textId="77777777" w:rsidR="00F07B36" w:rsidRPr="00F669B7" w:rsidRDefault="00F07B36" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52CC0F9F" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="0075716B" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+    <w:p w14:paraId="66755B2A" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk196819314"/>
-      <w:r w:rsidRPr="0075716B">
-[...3 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="48C73BDA" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB9A14D" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7A8B0F" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1142CA84" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3CE56E" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5A29B8" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C400BC" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CC0F9F" w14:textId="15F3D47F" w:rsidR="003C792C" w:rsidRPr="00F66C3E" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Please accomplish the following items using your own words. English or Filipino may be used.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="79802910" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00F669B7" w:rsidRDefault="003C792C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44B45701" w14:textId="77777777" w:rsidR="00BF09E6" w:rsidRPr="0075716B" w:rsidRDefault="0075716B" w:rsidP="0075716B">
+    <w:p w14:paraId="557A9582" w14:textId="2EB75A11" w:rsidR="00BF09E6" w:rsidRPr="000831EB" w:rsidRDefault="0075716B" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075716B">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>I. PERSONAL TESTIMONY</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="557A9582" w14:textId="77777777" w:rsidR="00BF09E6" w:rsidRPr="0075716B" w:rsidRDefault="00BF09E6" w:rsidP="0075716B">
+        <w:t xml:space="preserve">I. </w:t>
+      </w:r>
+      <w:r w:rsidR="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MY </w:t>
+      </w:r>
+      <w:r w:rsidR="003146C6" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TURNING POINT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075716B">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(Salvation)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075716B">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TESTIMONY</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Book 1 One by One Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC67564" w14:textId="274011FC" w:rsidR="00BF09E6" w:rsidRPr="00F66C3E" w:rsidRDefault="003C792C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Using the space below and back, share with us your personal testimony. Start with your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="14"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5AC67564" w14:textId="77777777" w:rsidR="00BF09E6" w:rsidRPr="0075716B" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>LIFE BEFORE CHRIST,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>YOUR TURNING POINT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRESENT LIFE IN CHRIST. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(You may refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6020" w:rsidRPr="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51CB" w:rsidRPr="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ook </w:t>
+      </w:r>
+      <w:r w:rsidR="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51CB" w:rsidRPr="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Appendix B</w:t>
+      </w:r>
+      <w:r w:rsidR="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>for a step-by-step guide on writing your 1-minute testimony</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51CB" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A925D04" w14:textId="77777777" w:rsidR="00BF09E6" w:rsidRPr="0075716B" w:rsidRDefault="00BF09E6" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C071435" w14:textId="58FD0546" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269F001C" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD3F742" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC16496" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583C9E84" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289A077F" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="381E48F0" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE0E2B2" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A65B9C1" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B93FAF5" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="470F3450" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D56BA74" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733BC25D" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569C5BE6" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A2CF78" w14:textId="3D42C3BC" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E794E6" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47480FD9" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3294DEEF" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14394E45" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C99CA9" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="518BA981" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F296D9" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7691F818" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757C5F91" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F6B27D9" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE49883" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BB838D" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB28747" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37FC541C" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66337B2E" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600978B6" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41108BF7" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D64EEF" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629EF63F" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0759BD69" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B7C2FE" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C053C7" w14:textId="77777777" w:rsidR="001B141C" w:rsidRPr="00607C25" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355ADA67" w14:textId="77777777" w:rsidR="001B141C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B17A218" w14:textId="60D5D77E" w:rsidR="00297519" w:rsidRDefault="001B141C" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B241B2" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="158F0E60" w14:textId="77777777" w:rsidR="00297519" w:rsidRPr="00607C25" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C274202" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791C04FD" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F85BF1" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CEBF3F5" w14:textId="77777777" w:rsidR="00297519" w:rsidRPr="00607C25" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FADBD1" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCFA449" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DE69AD" w14:textId="77777777" w:rsidR="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69579C80" w14:textId="43F450FD" w:rsidR="001B141C" w:rsidRPr="0025480C" w:rsidRDefault="00297519" w:rsidP="0025480C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
-          <w:noProof/>
-[...6 lines deleted...]
-          <w:noProof/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:b/>
+          <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0075716B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may use the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>blank back page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>you need more spa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ce.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
-          <w:noProof/>
-[...416 lines deleted...]
-    <w:p w14:paraId="2E708091" w14:textId="07CF47E4" w:rsidR="00BF09E6" w:rsidRPr="00575230" w:rsidRDefault="00575230" w:rsidP="0075716B">
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D010C80" w14:textId="707F709E" w:rsidR="00BF09E6" w:rsidRPr="000831EB" w:rsidRDefault="00575230" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>II. PRAY, CARE, SHARE</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2D010C80" w14:textId="77777777" w:rsidR="00BF09E6" w:rsidRPr="00575230" w:rsidRDefault="00BF09E6" w:rsidP="0075716B">
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Book </w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Spiritual Disciplines</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE057E7" w14:textId="77777777" w:rsidR="002D29B9" w:rsidRPr="00F66C3E" w:rsidRDefault="002B062D" w:rsidP="00277715">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0EE057E7" w14:textId="77777777" w:rsidR="002D29B9" w:rsidRDefault="002B062D" w:rsidP="00277715">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>GLC aligns with the Acts 1:8 thrust that ministry flows outward from one’s Jerusalem, Judea, Samaria, and to the “remotest part of the earth”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B21744D" w14:textId="77777777" w:rsidR="002D29B9" w:rsidRPr="00F66C3E" w:rsidRDefault="002D29B9" w:rsidP="00277715">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="3B21744D" w14:textId="77777777" w:rsidR="002D29B9" w:rsidRPr="002D29B9" w:rsidRDefault="002D29B9" w:rsidP="00277715">
+          <w:sz w:val="8"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C4508C" w14:textId="2C4EA043" w:rsidR="00277715" w:rsidRPr="00F66C3E" w:rsidRDefault="00277715" w:rsidP="00277715">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="8"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="000C0E4C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">List down </w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the names of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
-        </w:rPr>
-[...15 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least three (3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to whom you did “Pray, Care, Share”</w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>. You are encouraged to start with your family and relatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B05935" w14:textId="77777777" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="43"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="22"/>
+        <w:tblW w:w="10205" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3235"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2839"/>
+        <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00277715" w:rsidRPr="00575230" w14:paraId="6439610E" w14:textId="77777777" w:rsidTr="00277715">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00575230" w14:paraId="78DEB90B" w14:textId="77777777" w:rsidTr="00A16DC0">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="pct"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6CCF1D" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00571977" w:rsidRDefault="00277715" w:rsidP="002D29B9">
+          <w:p w14:paraId="74F4798B" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00571977">
+            <w:r w:rsidRPr="00575230">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F526A3F" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00571977" w:rsidRDefault="00277715" w:rsidP="002D29B9">
+          <w:p w14:paraId="61E7BC22" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00571977">
+            <w:r w:rsidRPr="00575230">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>RELATION TO PERSON</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">RELATION TO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>PERSON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="pct"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37C2BD24" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00571977" w:rsidRDefault="00277715" w:rsidP="002D29B9">
+          <w:p w14:paraId="1229611C" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00571977">
+            <w:r w:rsidRPr="00575230">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DATE OF SHARING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="pct"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44DEE824" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00571977" w:rsidRDefault="00277715" w:rsidP="002D29B9">
+          <w:p w14:paraId="587F3335" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="000020FA" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00571977">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>RESPONSE TO THE GOSPEL</w:t>
+              </w:rPr>
+              <w:t>RESPONSE to the GOSPEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="pct"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367C93A8" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00571977" w:rsidRDefault="00277715" w:rsidP="002D29B9">
+          <w:p w14:paraId="22DC4F66" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00571977">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> AND DATE</w:t>
+              </w:rPr>
+              <w:t>FOLLOW-UP and DATE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277715" w:rsidRPr="00575230" w14:paraId="5856863E" w14:textId="77777777" w:rsidTr="00277715">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00575230" w14:paraId="4C2D6F32" w14:textId="77777777" w:rsidTr="00A16DC0">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="pct"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="084D4BCD" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00674749" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="136DD5A8" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Example: Daniel</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>SAMPLE:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77AA4ED7" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1861B8AA" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00674749" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="5B9F92E1" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Brother</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Brother </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="pct"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F60648" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00674749" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="13D2967C" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>December 23, 2024</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>December 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="345BDEA9" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="10E3D73C" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Accepted the Gospel</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74204851" wp14:editId="3E154EF9">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2178</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>68035</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="130175" cy="97972"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="16510"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1091713812" name="Frame 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="130175" cy="97972"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="frame">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="596ADC9A" id="Frame 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:.15pt;margin-top:5.35pt;width:10.25pt;height:7.7pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDrk3mEXAIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpYB0VKapATJMQ&#13;&#10;IGDi2Tg2iWT7vLPbtPv1Oztpigbaw7QXx/bdfXf35TufnW+tYRuFoQNX8+qo5Ew5CU3nXmr+4/Hq&#13;&#10;01fOQhSuEQacqvlOBX6+/PjhrPcLNYMWTKOQEYgLi97XvI3RL4oiyFZZEY7AK0dGDWhFpCO+FA2K&#13;&#10;ntCtKWZl+aXoARuPIFUIdHs5GPky42utZLzVOqjITM2ptphXzOtzWovlmVi8oPBtJ8cyxD9UYUXn&#13;&#10;KOkEdSmiYGvs3kDZTiIE0PFIgi1A606q3AN1U5V/dPPQCq9yL0RO8BNN4f/BypvNg79DoqH3YRFo&#13;&#10;m7rYarTpS/WxbSZrN5GltpFJuqw+l9X8hDNJptP56XyWuCwOsR5D/KbAsrSpuUZhUy9iITbXIQ6+&#13;&#10;ex8KPKTPu7gzKjkbd6806xpKOMvRWRnqwiDbCPqnQkrlYjWYWtGo4bo6Kcv8c6mgKSKXlwETsu6M&#13;&#10;mbBHgKS6t9hDraN/ClVZWFNw+bfChuApImcGF6dg2znA9wAMdTVmHvz3JA3UJJaeodndIUMYZB28&#13;&#10;vOqI7GsR4p1A0jEpnmYz3tKiDfQ1h3HHWQv467375E/yIitnPc1FzcPPtUDFmfnuSHin1fFxGqR8&#13;&#10;OD6Zz+iAry3Pry1ubS+AflNFr4CXeZv8o9lvNYJ9ohFepaxkEk5S7prLiPvDRRzmlR4BqVar7EbD&#13;&#10;40W8dg9eJvDEatLS4/ZJoB8VF0mpN7CfoTe6G3xTpIPVOoLusigPvI580+Bl4YyPRJrs1+fsdXjK&#13;&#10;lr8BAAD//wMAUEsDBBQABgAIAAAAIQDs+tlw3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#13;&#10;T8MwDL0j8R8iI3FBLNlA29Q1nRhsEhdAbINz1nhtReJUTdaVf485wcWW/ez3kS8H70SPXWwCaRiP&#13;&#10;FAikMtiGKg373eZ2DiImQ9a4QKjhGyMsi8uL3GQ2nOkd+22qBJNQzIyGOqU2kzKWNXoTR6FFYuwY&#13;&#10;Om8Sj10lbWfOTO6dnCg1ld40xAq1afGxxvJre/IaypuVnL28HZ9368/7zapfu1cnP7S+vhqeFlwe&#13;&#10;FiASDunvA34zsH8o2NghnMhG4TTc8R1v1QwEoxPFYQ7cp2OQRS7/Ryh+AAAA//8DAFBLAQItABQA&#13;&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#13;&#10;UEsBAi0AFAAGAAgAAAAhAOuTeYRcAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#13;&#10;eG1sUEsBAi0AFAAGAAgAAAAhAOz62XDfAAAACgEAAA8AAAAAAAAAAAAAAAAAtgQAAGRycy9kb3du&#13;&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                      <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="657B3961" wp14:editId="4355274A">
+                  <wp:extent cx="187779" cy="187779"/>
+                  <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
+                  <wp:docPr id="285635983" name="Graphic 8" descr="Checkmark with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="285635983" name="Graphic 285635983" descr="Checkmark with solid fill"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId13"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="208121" cy="208121"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accepted Jesus </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4379BF74" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="0FC4D784" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Wants more info</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34D10EAF" wp14:editId="0B1BA1A8">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-6441</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>31115</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="130175" cy="97790"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="16510"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="523806477" name="Frame 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="130175" cy="97790"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="frame">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="0CC8BB7C" id="Frame 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.5pt;margin-top:2.45pt;width:10.25pt;height:7.7pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="130175,97790" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBGQ/VuWgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpYB0VKapATJMQ&#13;&#10;IGDi2Tg2iWT7vLPbtPv1Oztpigbaw7QXx/bdfXf35TufnW+tYRuFoQNX8+qo5Ew5CU3nXmr+4/Hq&#13;&#10;01fOQhSuEQacqvlOBX6+/PjhrPcLNYMWTKOQEYgLi97XvI3RL4oiyFZZEY7AK0dGDWhFpCO+FA2K&#13;&#10;ntCtKWZl+aXoARuPIFUIdHs5GPky42utZLzVOqjITM2ptphXzOtzWovlmVi8oPBtJ8cyxD9UYUXn&#13;&#10;KOkEdSmiYGvs3kDZTiIE0PFIgi1A606q3AN1U5V/dPPQCq9yL0RO8BNN4f/BypvNg79DoqH3YRFo&#13;&#10;m7rYarTpS/WxbSZrN5GltpFJuqw+l9X8hDNJptP5/DRzWRxiPYb4TYFlaVNzjcKmXsRCbK5DpITk&#13;&#10;u/ehwyF93sWdUcnZuHulWddQwlmOzspQFwbZRtA/FVIqF6vB1IpGDdfVSVnuC5oicsoMmJB1Z8yE&#13;&#10;PQIk1b3FHmod/VOoysKagsu/FTYETxE5M7g4BdvOAb4HYKirMfPgvydpoCax9AzN7g4ZwiDr4OVV&#13;&#10;R2RfixDvBJKOSfE0m/GWFm2grzmMO85awF/v3Sd/khdZOetpLmoefq4FKs7Md0fCO62Oj9Mg5cPx&#13;&#10;yXxGB3xteX5tcWt7AfSbKnoFvMzb5B/NfqsR7BON8CplJZNwknLXXEbcHy7iMK/0CEi1WmU3Gh4v&#13;&#10;4rV78DKBJ1aTlh63TwL9qLhISr2B/Qy90d3gmyIdrNYRdJdFeeB15JsGLwtnfCTSZL8+Z6/DU7b8&#13;&#10;DQAA//8DAFBLAwQUAAYACAAAACEA5okfBuMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#13;&#10;MBCE70i8g7VIXFDrtAXUpNlUiJ8DBwS0qFydeElS4nVku2l4e9wTXEZajXZmvnw9mk4M5HxrGWE2&#13;&#10;TUAQV1a3XCN8bJ8mSxA+KNaqs0wIP+RhXZyf5SrT9sjvNGxCLWII+0whNCH0mZS+asgoP7U9cfS+&#13;&#10;rDMqxNPVUjt1jOGmk/MkuZVGtRwbGtXTfUPV9+ZgELrqZa/f3NXjczks9jv9anz6uUO8vBgfVlHu&#13;&#10;ViACjeHvA04McT8UcVhpD6y96BAms8gTEK5TECc7vQFRIsyTBcgil/8Zil8AAAD//wMAUEsBAi0A&#13;&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#13;&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#13;&#10;bHNQSwECLQAUAAYACAAAACEARkP1bloCAAASBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#13;&#10;Yy54bWxQSwECLQAUAAYACAAAACEA5okfBuMAAAALAQAADwAAAAAAAAAAAAAAAAC0BAAAZHJzL2Rv&#13;&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#13;&#10;" path="m,l130175,r,97790l,97790,,xm12224,12224r,73342l117951,85566r,-73342l12224,12224xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                      <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97790;0,97790;0,0;12224,12224;12224,85566;117951,85566;117951,12224;12224,12224" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Wants more info</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30B2989D" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00674749" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="0D8C97B5" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Not interested</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07A5ED28" wp14:editId="52836EFD">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1360</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>35650</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="130175" cy="97972"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="16510"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1282828685" name="Frame 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="130175" cy="97972"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="frame">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="3C796F11" id="Frame 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:2.8pt;width:10.25pt;height:7.7pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDrk3mEXAIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpYB0VKapATJMQ&#13;&#10;IGDi2Tg2iWT7vLPbtPv1Oztpigbaw7QXx/bdfXf35TufnW+tYRuFoQNX8+qo5Ew5CU3nXmr+4/Hq&#13;&#10;01fOQhSuEQacqvlOBX6+/PjhrPcLNYMWTKOQEYgLi97XvI3RL4oiyFZZEY7AK0dGDWhFpCO+FA2K&#13;&#10;ntCtKWZl+aXoARuPIFUIdHs5GPky42utZLzVOqjITM2ptphXzOtzWovlmVi8oPBtJ8cyxD9UYUXn&#13;&#10;KOkEdSmiYGvs3kDZTiIE0PFIgi1A606q3AN1U5V/dPPQCq9yL0RO8BNN4f/BypvNg79DoqH3YRFo&#13;&#10;m7rYarTpS/WxbSZrN5GltpFJuqw+l9X8hDNJptP56XyWuCwOsR5D/KbAsrSpuUZhUy9iITbXIQ6+&#13;&#10;ex8KPKTPu7gzKjkbd6806xpKOMvRWRnqwiDbCPqnQkrlYjWYWtGo4bo6Kcv8c6mgKSKXlwETsu6M&#13;&#10;mbBHgKS6t9hDraN/ClVZWFNw+bfChuApImcGF6dg2znA9wAMdTVmHvz3JA3UJJaeodndIUMYZB28&#13;&#10;vOqI7GsR4p1A0jEpnmYz3tKiDfQ1h3HHWQv467375E/yIitnPc1FzcPPtUDFmfnuSHin1fFxGqR8&#13;&#10;OD6Zz+iAry3Pry1ubS+AflNFr4CXeZv8o9lvNYJ9ohFepaxkEk5S7prLiPvDRRzmlR4BqVar7EbD&#13;&#10;40W8dg9eJvDEatLS4/ZJoB8VF0mpN7CfoTe6G3xTpIPVOoLusigPvI580+Bl4YyPRJrs1+fsdXjK&#13;&#10;lr8BAAD//wMAUEsDBBQABgAIAAAAIQC5QtxO3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#13;&#10;T8MwDL0j8R8iI3FBLFkFG+qaTgw2iQsgNuCcNV5bkThVk3Xl32NOcLFlvef3USxH78SAfWwDaZhO&#13;&#10;FAikKtiWag3vu831HYiYDFnjAqGGb4ywLM/PCpPbcKI3HLapFixCMTcampS6XMpYNehNnIQOibFD&#13;&#10;6L1JfPa1tL05sbh3MlNqJr1piR0a0+FDg9XX9ug1VFcrOX9+PTzt1p83m9Wwdi9Ofmh9eTE+Lnjc&#13;&#10;L0AkHNPfB/x24PxQcrB9OJKNwmnImKfhdgaCwUzNQex5TxXIspD/G5Q/AAAA//8DAFBLAQItABQA&#13;&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#13;&#10;UEsBAi0AFAAGAAgAAAAhAOuTeYRcAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#13;&#10;eG1sUEsBAi0AFAAGAAgAAAAhALlC3E7fAAAACQEAAA8AAAAAAAAAAAAAAAAAtgQAAGRycy9kb3du&#13;&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                      <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Not Interested</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A4A96F" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B80FD88" wp14:editId="1745B329">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-2752</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>28998</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="130175" cy="97972"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="16510"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1399688851" name="Frame 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="130175" cy="97972"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="frame">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="15000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="6F1F9217" id="Frame 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.2pt;margin-top:2.3pt;width:10.25pt;height:7.7pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDrk3mEXAIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpYB0VKapATJMQ&#13;&#10;IGDi2Tg2iWT7vLPbtPv1Oztpigbaw7QXx/bdfXf35TufnW+tYRuFoQNX8+qo5Ew5CU3nXmr+4/Hq&#13;&#10;01fOQhSuEQacqvlOBX6+/PjhrPcLNYMWTKOQEYgLi97XvI3RL4oiyFZZEY7AK0dGDWhFpCO+FA2K&#13;&#10;ntCtKWZl+aXoARuPIFUIdHs5GPky42utZLzVOqjITM2ptphXzOtzWovlmVi8oPBtJ8cyxD9UYUXn&#13;&#10;KOkEdSmiYGvs3kDZTiIE0PFIgi1A606q3AN1U5V/dPPQCq9yL0RO8BNN4f/BypvNg79DoqH3YRFo&#13;&#10;m7rYarTpS/WxbSZrN5GltpFJuqw+l9X8hDNJptP56XyWuCwOsR5D/KbAsrSpuUZhUy9iITbXIQ6+&#13;&#10;ex8KPKTPu7gzKjkbd6806xpKOMvRWRnqwiDbCPqnQkrlYjWYWtGo4bo6Kcv8c6mgKSKXlwETsu6M&#13;&#10;mbBHgKS6t9hDraN/ClVZWFNw+bfChuApImcGF6dg2znA9wAMdTVmHvz3JA3UJJaeodndIUMYZB28&#13;&#10;vOqI7GsR4p1A0jEpnmYz3tKiDfQ1h3HHWQv467375E/yIitnPc1FzcPPtUDFmfnuSHin1fFxGqR8&#13;&#10;OD6Zz+iAry3Pry1ubS+AflNFr4CXeZv8o9lvNYJ9ohFepaxkEk5S7prLiPvDRRzmlR4BqVar7EbD&#13;&#10;40W8dg9eJvDEatLS4/ZJoB8VF0mpN7CfoTe6G3xTpIPVOoLusigPvI580+Bl4YyPRJrs1+fsdXjK&#13;&#10;lr8BAAD//wMAUEsDBBQABgAIAAAAIQAj/o1S4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9N&#13;&#10;T8MwDL0j8R8iI3FBW7qpGqhrOjHYJC4MsQ/OWeO1FYlTNVlX/j3eCS62rPf8PvLF4KzosQuNJwWT&#13;&#10;cQICqfSmoUrBfrcePYEIUZPR1hMq+MEAi+L2JteZ8Rf6xH4bK8EiFDKtoI6xzaQMZY1Oh7FvkRg7&#13;&#10;+c7pyGdXSdPpC4s7K6dJMpNON8QOtW7xpcbye3t2CsqHpXx8/zi97VZf6XrZr+zGyoNS93fD65zH&#13;&#10;8xxExCH+fcC1A+eHgoMd/ZlMEFbBKGWignQGgtFpMgFxvO4EZJHL/xWKXwAAAP//AwBQSwECLQAU&#13;&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#13;&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#13;&#10;c1BLAQItABQABgAIAAAAIQDrk3mEXAIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#13;&#10;LnhtbFBLAQItABQABgAIAAAAIQAj/o1S4AAAAAoBAAAPAAAAAAAAAAAAAAAAALYEAABkcnMvZG93&#13;&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                      <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Others:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E957FD9" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00674749" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="7904E761" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="008C3517" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> SNS (December 25)</w:t>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Invited to CCF Christmas SNS  (December 25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277715" w:rsidRPr="00575230" w14:paraId="376B0AA2" w14:textId="77777777" w:rsidTr="00277715">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00575230" w14:paraId="364DEF60" w14:textId="77777777" w:rsidTr="00A16DC0">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="pct"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A68CD45" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="060FADDB" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00575230">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71979440" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="228D521F" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="pct"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1F4054" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="22944582" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="pct"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF3B1B4" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="7C0B89A9" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRDefault="0025480C" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Accepted the Gospel</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06E528C1" wp14:editId="2925BD97">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>409</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>11739</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="138721" cy="627811"/>
+                      <wp:effectExtent l="12700" t="12700" r="13970" b="7620"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="45772373" name="Group 14"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="138721" cy="627811"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="138721" cy="627811"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="1957897031" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="130175" cy="97790"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1351755178" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="8546" y="179461"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="983109449" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="350377"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="137507915" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="529839"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="3B25C2AD" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:.9pt;width:10.9pt;height:49.45pt;z-index:251697152" coordsize="1387,6278" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDtGKFgUgMAAF4RAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtv2yAUfp+0/4B4X31JHMdW3apq12pS&#13;&#10;tVZrpz5TgmNLNjAgdbJfvwPYTtZW1ZZqT8tDCBjO7fP5DuDj03XboCemdC14gaOjECPGqVjUfFng&#13;&#10;7/eXn+YYaUP4gjSCswJvmManJx8/HHcyZ7GoRLNgCoESrvNOFrgyRuZBoGnFWqKPhGQcJkuhWmJg&#13;&#10;qJbBQpEOtLdNEIfhLOiEWkglKNManl74SXzi9Jclo+amLDUzqCkw+GZcq1z7aNvg5JjkS0VkVdPe&#13;&#10;DbKHFy2pORgdVV0QQ9BK1S9UtTVVQovSHFHRBqIsa8pcDBBNFD6L5kqJlXSxLPNuKUeYANpnOO2t&#13;&#10;ln59ulLyTt4qQKKTS8DCjWws61K19h+8RGsH2WaEjK0NovAwmszTOMKIwtQsTudR5CGlFeD+QopW&#13;&#10;n9+UCwajwW+udBKSQ2/j1++L/64ikjlYdQ7x3ypULyCSLEnnWRpOIBpOWsjVSwV/KLUBWQ9g6YiT&#13;&#10;zjVA9ucghVGaeJCyNM1c2o2xklwqba6YaJHtFLi0dl02kadrbcA8rB3WwMA64827ntk0zHrS8G+s&#13;&#10;hFDgrcRO2pGInTcKPRFIf0Ip4ybyUxVZMP84SsJwcGiUcCadQqu5rJtm1N0rsAR9qdv72q+3osxx&#13;&#10;cBQO33LMC48SzrLgZhRuay7UawoaiKq37NcPIHloLEqPYrGBF62ErwBa0ssawL4m2twSBZSH4gBl&#13;&#10;zNxAUzaiK7DoexhVQv187bldD5kIsxh1UEIKrH+siGIYNV845GgWTae25rjBNEljGKjdmcfdGb5q&#13;&#10;zwW8Jkg/8M517XrTDN1SifYBqt2ZtQpThFOwXWBq1DA4N760Qb2k7OzMLYM6I4m55neSWuUWVZtL&#13;&#10;9+sHomSfcQbo/FUMvCD5s7zza60kF2crI8raJeUW1x5v4Kinyr8n6yQBRsEPtpf9yTpPpjOMoHJF&#13;&#10;aTad9ZVrW9l2SZulcZ9iQ1UcCHkgLVSnA2kPpN05hg2VxFaI7Q6bzSdRmE2n2Xs4C4UPCDtJwknq&#13;&#10;dmbIvfFIcSCs3/4Pu+xhlz36qyvB64SNJmkSplkER9f9N1lP2CQG9mf+bnAg7Ha/PBD2PzkWuxst&#13;&#10;XOLdzar/4GC/EuyO3TF6+1nk5BcAAAD//wMAUEsDBBQABgAIAAAAIQDG26Fs3wAAAAoBAAAPAAAA&#13;&#10;ZHJzL2Rvd25yZXYueG1sTI9La8MwEITvhf4HsYXeGskpfcSxHEL6OIVAk0LoTbE2tom1MpZiO/++&#13;&#10;m1N7GfgYdnYmW4yuET12ofakIZkoEEiFtzWVGr53Hw+vIEI0ZE3jCTVcMMAiv73JTGr9QF/Yb2Mp&#13;&#10;OIRCajRUMbaplKGo0Jkw8S0Se0ffORMZu1Lazgwc7ho5VepZOlMTf6hMi6sKi9P27DR8DmZYPibv&#13;&#10;/fp0XF1+dk+b/TpBre/vxrc5y3IOIuIY/y7guoH7Q87FDv5MNojmyiKy8gY2p8kMxIFRqReQeSb/&#13;&#10;T8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#13;&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#13;&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO0YoWBSAwAAXhEAAA4AAAAAAAAAAAAA&#13;&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMbboWzfAAAACgEAAA8AAAAAAAAA&#13;&#10;AAAAAAAArAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAC4BgAAAAA=&#13;&#10;">
+                      <v:shape id="Frame 7" o:spid="_x0000_s1027" style="position:absolute;width:1301;height:977;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97790" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBV/75F0QAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#13;&#10;EIbvgv9hmYIXaTe1aJu02yJWQQ9iv6jXMTtNUrOzYXdN03/vCkIvAzMv7zM8s0VnatGS85VlBcNB&#13;&#10;AoI4t7riQsFu+9KfgPABWWNtmRScycNifn01w0zbE6+p3YRCRAj7DBWUITSZlD4vyaAf2IY4Zgfr&#13;&#10;DIa4ukJqh6cIN7W8S5IHabDi+KHEhp5Kyr83P0ZBnb8f9crdPr99taPjXn8Yn37ulbrpdctpHI9T&#13;&#10;EIG6cGn8I151dEjvx5N0nIyG8CcWDyDnvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACF&#13;&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa&#13;&#10;9CxbvwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBV&#13;&#10;/75F0QAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3&#13;&#10;AAAABQMAAAAA&#13;&#10;" path="m,l130175,r,97790l,97790,,xm12224,12224r,73342l117951,85566r,-73342l12224,12224xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97790;0,97790;0,0;12224,12224;12224,85566;117951,85566;117951,12224;12224,12224" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1028" style="position:absolute;left:85;top:1794;width:1302;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLImiSzwAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BTwJB&#13;&#10;DIXvJP6HSUm8EJlFRczCQEQh4aJGUM7NTtndONPZ7IzL+u/pwcRDX9I2/V7fYtV7pzpqYx3YwGSc&#13;&#10;gSIugq25NPB52N48gooJ2aILTAZ+KcJqeTVYYG7DmT+o26dSCYRjjgaqlJpc61hU5DGOQ0Msu1No&#13;&#10;PSZp21LbFs8C907fZtmD9lizOFTY0HNFxff+xxsoRms9e30/7Q6b4/123W3cm9NfxlwP+5e5yNMc&#13;&#10;VKI+/V/8IXZWMtxNJ7OplHwuwWQAenkBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiyJo&#13;&#10;ks8AAADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1029" style="position:absolute;top:3503;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuok7bzwAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvhf6H5RW8FN1oQzXRVapV8NKWatvzI/tMQnffhuwa03/vFgq9DAzDfMMsVr01oqPW144VjEcJ&#13;&#10;COLC6ZpLBR/H3XAGwgdkjcYxKfghD6vl7c0Cc+0u/E7dIZQiQtjnqKAKocml9EVFFv3INcQxO7nW&#13;&#10;Yoi2LaVu8RLh1shJkjxKizXHhQob2lRUfB/OVkFxv5bTl7fT/rj9SnfrbmtejfxUanDXP8+jPM1B&#13;&#10;BOrDf+MPsdcKstnDOMnSNIPfX/ETyOUVAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALqJO&#13;&#10;288AAADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1030" style="position:absolute;top:5298;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFiW7WzwAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;FITvhf6H5RW8lLrR1qZGV6lWwYst1dbzI/tMQnffhuw2xn/vCoVeBoZhvmGm884a0VLjK8cKBv0E&#13;&#10;BHHudMWFgq/9+uEFhA/IGo1jUnAmD/PZ7c0UM+1O/EntLhQiQthnqKAMoc6k9HlJFn3f1cQxO7rG&#13;&#10;Yoi2KaRu8BTh1shhkjxLixXHhRJrWpaU/+x+rYL8fiHT7cdxs18dntaLdmXejfxWqnfXvU2ivE5A&#13;&#10;BOrCf+MPsdHxw2M6StLxYATXX9GDnF0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxYlu&#13;&#10;1s8AAADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00A16DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00A16DC0" w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Accepted Jesus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF52267" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="25EF1B49" w14:textId="7D7B8D2E" w:rsidR="00A16DC0" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...4 lines deleted...]
-              <w:t>Wants more info</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wants more info</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4635A55B" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="004F64EF" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="1E6F66DD" w14:textId="77777777" w:rsidR="00A16DC0" w:rsidRPr="008C3517" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F64EF">
-[...7 lines deleted...]
-              <w:t>Not interested</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Not Interested</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3B4254" w14:textId="2E681BD2" w:rsidR="00A16DC0" w:rsidRPr="00575230" w:rsidRDefault="00A16DC0" w:rsidP="00F851CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Others:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="pct"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13156908" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="556C4989" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277715" w:rsidRPr="00575230" w14:paraId="63372599" w14:textId="77777777" w:rsidTr="00277715">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00575230" w14:paraId="129B8972" w14:textId="77777777" w:rsidTr="00A16DC0">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="pct"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2083C192" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="66E51136" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00575230">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79A5B3E9" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="7CD22E90" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="pct"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F3E27C" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="2651445F" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="pct"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B449E2A" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="54B5B341" w14:textId="3DE793AF" w:rsidR="00F851CC" w:rsidRDefault="0025480C" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Accepted the Gospel</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B613D79" wp14:editId="5C80356E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>0</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>18415</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="138721" cy="627811"/>
+                      <wp:effectExtent l="12700" t="12700" r="13970" b="7620"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="781320889" name="Group 14"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="138721" cy="627811"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="138721" cy="627811"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="386476620" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="130175" cy="97790"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1371310755" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="8546" y="179461"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="126371800" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="350377"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1751273903" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="529839"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="0A7B0AF2" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.45pt;width:10.9pt;height:49.45pt;z-index:251699200" coordsize="1387,6278" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQADoy6cTwMAAF4RAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtP2zAUfp+0/2D5fc2tbZqIFFUw0CQE&#13;&#10;aDDxbFyniZTYnu027X79jp1LO2BoA+1pfUns+Fy/nO84zsnptq7QhildCp7hYORjxDgVy5KvMvzt&#13;&#10;/uLTDCNtCF+SSnCW4R3T+HT+8cNJI1MWikJUS6YQGOE6bWSGC2Nk6nmaFqwmeiQk47CYC1UTA1O1&#13;&#10;8paKNGC9rrzQ96deI9RSKkGZ1vD0vF3Ec2c/zxk1N3mumUFVhiE2467KXR/t1ZufkHSliCxK2oVB&#13;&#10;3hBFTUoOTgdT58QQtFblM1N1SZXQIjcjKmpP5HlJmcsBsgn8J9lcKrGWLpdV2qzkABNA+wSnN5ul&#13;&#10;15tLJe/krQIkGrkCLNzM5rLNVW3vECXaOsh2A2RsaxCFh0E0i8MAIwpL0zCeBUELKS0A92datPj8&#13;&#10;qp7XO/V+CaWRUBx6n79+X/53BZHMwapTyP9WoXKZ4Wg2HcfTaQhVwkkNpXqh4IZim48NACQHmHSq&#13;&#10;AbE/x8gP4kmLURLHiau6IVWSSqXNJRM1soMM59avKyayudIG3INsLwMTG0zr3o3MrmI2kop/ZTlk&#13;&#10;Ai8ldNqOQ+ysUmhDoPoJpYyboF0qyJK1j4OJ7/cBDRrOpTNoLedlVQ22OwOWn89tt7F28laVOQoO&#13;&#10;yv5rgbXKg4bzLLgZlOuSC/WSgQqy6jy38j1ILTQWpUex3MF7VqJtAFrSixLAviLa3BIFjIe3Dl3M&#13;&#10;3MAlr0STYdGNMCqE+vHScysPhQirGDXQQTKsv6+JYhhVXziUaBKMx7bluMl4EtvKUocrj4crfF2f&#13;&#10;CXhNwCWIzg2tvKn6Ya5E/QDNbmG9whLhFHxnmBrVT85M29mgXVK2WDgxaDOSmCt+J6k1blG1tXS/&#13;&#10;fSBKdhVngM3XoqcFSZ/UXStrNblYrI3IS1eUe1w7vIGiLVX+OVeDKA6iwI8nwKq3k3U2GU8xgsYV&#13;&#10;xMl42jWufWM7JG0Sh12J9U2xJ+SRtNCdjqQ9kvbgK6zvJLZD7DfYIJwCbWew27yDs6AMhI0mfhS7&#13;&#10;nRlqb/iiOBK23f6Pu+xxlx391YngN4SNJ0EYR4kfvZ+xkzCZRUl7Njgydr9hHhn7n3wXuxMtHOLd&#13;&#10;0ar74WD/EhzO3Xf0/rfI/CcAAAD//wMAUEsDBBQABgAIAAAAIQBdlu7D4AAAAAoBAAAPAAAAZHJz&#13;&#10;L2Rvd25yZXYueG1sTI/NasNADITvhb7DokBvzdouLa3jdQjpzykUkhRKboqt2CZerfFubOftq57a&#13;&#10;i5AYaTRftpxsqwbqfePYQDyPQBEXrmy4MvC1f79/BuUDcomtYzJwJQ/L/PYmw7R0I29p2IVKiQn7&#13;&#10;FA3UIXSp1r6oyaKfu45YtJPrLQYZ+0qXPY5ibludRNGTttiwfKixo3VNxXl3sQY+RhxXD/HbsDmf&#13;&#10;1tfD/vHzexOTMXez6XUhZbUAFWgKfxfwyyD5IZdgR3fh0qvWgNAEA8kLKBGTWFiOshRJo/NM/0fI&#13;&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#13;&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#13;&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADoy6cTwMAAF4RAAAOAAAAAAAAAAAAAAAA&#13;&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBdlu7D4AAAAAoBAAAPAAAAAAAAAAAA&#13;&#10;AAAAAKkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAtgYAAAAA&#13;&#10;">
+                      <v:shape id="Frame 7" o:spid="_x0000_s1027" style="position:absolute;width:1301;height:977;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97790" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQDj395n0AAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#13;&#10;EIbvgv9hGcGL2I2txDbttogfoAdRq7TXaXaapGZnw+6axn/vHAQvAy/D+7w8i9XgWtVTiI1nA1ej&#13;&#10;DBRx6W3DlYHPj8fLKaiYkC22nsnAD0VYLU9PFlhYf+R36tepUgLhWKCBOqWu0DqWNTmMI98Ry2/v&#13;&#10;g8MkMVTaBjwK3LV6nGW5dtiwLNTY0V1N5df62xloy5eDfQsXD8+7fnLY2FcXZ9uNMednw/1czu0c&#13;&#10;VKIh/Tf+EE/WwGSaX9/k+VhMxEucQC9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0&#13;&#10;LFu/AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOPf&#13;&#10;3mfQAAAA5wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcA&#13;&#10;AAAEAwAAAAA=&#13;&#10;" path="m,l130175,r,97790l,97790,,xm12224,12224r,73342l117951,85566r,-73342l12224,12224xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97790;0,97790;0,0;12224,12224;12224,85566;117951,85566;117951,12224;12224,12224" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1028" style="position:absolute;left:85;top:1794;width:1302;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqDlN00QAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#13;&#10;EIbvgv9hGcGLtJtY20jabbHaQi+29EPPQ3aaBHdnQ3ZN47/vCoKXgZmX9xme2aK3RnTU+tqxgnSY&#13;&#10;gCAunK65VHA6rgfPIHxA1mgck4If8rCY397MMNfuwnvqDqEUEcI+RwVVCE0upS8qsuiHriGO2dm1&#13;&#10;FkNc21LqFi8Rbo18TJKJtFhz/FBhQ68VFV+Hb6ugeFjK7H133hxXn0/rZbcyWyM/lLq/69+mcbxM&#13;&#10;QQTqw3/jD7HR0WGUpaM0ycZj+BWLB5DzKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACF&#13;&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa&#13;&#10;9CxbvwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCq&#13;&#10;DlN00QAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3&#13;&#10;AAAABQMAAAAA&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1029" style="position:absolute;top:3503;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQa9NOzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#13;&#10;EIXvhf6HZQq9lLrRFpXoKmoVvFSptj0P2TEJ3Z0N2W1M/33nUOhl4DG87/HNl713qqM21oENDAcZ&#13;&#10;KOIi2JpLA+/n3eMUVEzIFl1gMvBDEZaL25s55jZc+Y26UyqVQDjmaKBKqcm1jkVFHuMgNMTyu4TW&#13;&#10;Y5LYltq2eBW4d3qUZWPtsWZZqLChTUXF1+nbGyge1nryerzsz9vP592627qD0x/G3N/1LzM5qxmo&#13;&#10;RH36b/wh9lYcRuOnyXCaiYl4SQa9+AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQa9NO&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1030" style="position:absolute;top:5298;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvaMmy0AAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvBd9hGaEXqRu1bWp0lWoVvLSl2noesmMSujsbsmtM375bEHoZmPn5v+GbLztrREuNrxwrGA0T&#13;&#10;EMS50xUXCj4P27snED4gazSOScEPeVguejdzzLS78Ae1+1CICGGfoYIyhDqT0uclWfRDVxPH7OQa&#13;&#10;iyGuTSF1g5cIt0aOk+RRWqw4fiixpnVJ+ff+bBXkg5VMX99Pu8PmeL9dtRvzZuSXUrf97mUWx/MM&#13;&#10;RKAu/DeuiJ2ODunDaJxOpskE/sTiAeTiFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0&#13;&#10;LFu/AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK9o&#13;&#10;ybLQAAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcA&#13;&#10;AAAEAwAAAAA=&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00A16DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00A16DC0" w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Accepted Jesus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12749969" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="4D6C4A16" w14:textId="7363274C" w:rsidR="00A16DC0" w:rsidRPr="008C3517" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Wants more info</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E2E1734" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="004F64EF" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="03FB763B" w14:textId="74C7876B" w:rsidR="00A16DC0" w:rsidRPr="008C3517" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F64EF">
-[...7 lines deleted...]
-              <w:t>Not interested</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Not Interested</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B8C64F" w14:textId="5B87D453" w:rsidR="00A16DC0" w:rsidRPr="00575230" w:rsidRDefault="00A16DC0" w:rsidP="00F851CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Others:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="pct"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693CF95C" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="499C775A" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277715" w:rsidRPr="00575230" w14:paraId="5A4E0550" w14:textId="77777777" w:rsidTr="00277715">
+      <w:tr w:rsidR="00F851CC" w:rsidRPr="00575230" w14:paraId="41FBCE25" w14:textId="77777777" w:rsidTr="00A16DC0">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="1127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="pct"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55AA3CFE" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="73F49468" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00575230">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF2B104" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="08EE4A41" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="pct"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7DD100" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="38A34574" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1001" w:type="pct"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C7D23A" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="02242115" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRDefault="0025480C" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00674749">
-[...7 lines deleted...]
-              <w:t>Accepted the Gospel</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="024237E4" wp14:editId="4166E36B">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>0</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>15875</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="138721" cy="627811"/>
+                      <wp:effectExtent l="12700" t="12700" r="13970" b="7620"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="754302305" name="Group 14"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="138721" cy="627811"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="138721" cy="627811"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="1593342153" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="130175" cy="97790"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1802212679" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="8546" y="179461"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="884338338" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="350377"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1244265976" name="Frame 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="529839"/>
+                                  <a:ext cx="130175" cy="97972"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="frame">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </wps:spPr>
+                              <wps:style>
+                                <a:lnRef idx="2">
+                                  <a:schemeClr val="accent1">
+                                    <a:shade val="15000"/>
+                                  </a:schemeClr>
+                                </a:lnRef>
+                                <a:fillRef idx="1">
+                                  <a:schemeClr val="accent1"/>
+                                </a:fillRef>
+                                <a:effectRef idx="0">
+                                  <a:schemeClr val="accent1"/>
+                                </a:effectRef>
+                                <a:fontRef idx="minor">
+                                  <a:schemeClr val="lt1"/>
+                                </a:fontRef>
+                              </wps:style>
+                              <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="237D188F" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.25pt;width:10.9pt;height:49.45pt;z-index:251701248" coordsize="1387,6278" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB7a0CKTwMAAF8RAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtP2zAUfp+0/2D5feTeXERACAaahAYa&#13;&#10;TDwb12kiJbZnu6Ts1+/YubQDhDbQnlapcu3Y5/blfMd2Do83XYsemNKN4CUODnyMGKdi2fBVib/f&#13;&#10;nn/KMNKG8CVpBWclfmQaHx99/HDYy4KFohbtkikESrguelni2hhZeJ6mNeuIPhCScZishOqIgaFa&#13;&#10;eUtFetDetV7o+wuvF2oplaBMa3h6NkziI6e/qhg1V1WlmUFticE341rl2nvbekeHpFgpIuuGjm6Q&#13;&#10;N3jRkYaD0VnVGTEErVXzTFXXUCW0qMwBFZ0nqqqhzMUA0QT+k2gulFhLF8uq6FdyhgmgfYLTm9XS&#13;&#10;rw8XSt7IawVI9HIFWLiRjWVTqc7+g5do4yB7nCFjG4MoPAyiLA0DjChMLcI0C4IBUloD7s+kaP35&#13;&#10;VTlvMur95kovITn0Nn79vvhvaiKZg1UXEP+1Qs0SIknyKIrDIIkw4qSDXD1X8IdSG5D1AJbOOOlC&#13;&#10;A2R/DpIfpMkAUp6muUu7OVZSSKXNBRMdsp0SV9auyybycKkNmIe10xoYWGcG865nHltmPWn5N1ZB&#13;&#10;KPBWQiftSMROW4UeCKQ/oZRxEwxTNVmy4XGQ+P7k0CzhTDqFVnPVtO2se1RgCfpc9+DruN6KMsfB&#13;&#10;Wdh/zbFBeJZwlgU3s3DXcKFeUtBCVKPlYf0E0gCNReleLB/hRSsxVAAt6XkDYF8Sba6JAspDcYAy&#13;&#10;Zq6gqVrRl1iMPYxqoX6+9Nyuh0yEWYx6KCEl1j/WRDGM2i8ccjQP4tjWHDeIkzSEgdqdud+d4evu&#13;&#10;VMBrAjKBd65r15t26lZKdHdQ7U6sVZginILtElOjpsGpGUob1EvKTk7cMqgzkphLfiOpVW5Rtbl0&#13;&#10;u7kjSo4ZZ4DOX8XEC1I8ybthrZXk4mRtRNW4pNziOuINHB2o8u/JmvlhGISLNH8PWbMkXmAElStI&#13;&#10;83gxVq5tZdslbZ6GY4pNVXEi5J60UJ32pN2TducYNlUSWyG2O2yWxVGUwe89nIXCB4SNEj9K3c4M&#13;&#10;uTcfKfaEHbb//S6732UP/upK8DJhgzCOw0WSp7BLvvdInIR5FuXD5WDP2O2GuWfsf3IudldauMW7&#13;&#10;q9X4xcF+Jtgdu3P09rvI0S8AAAD//wMAUEsDBBQABgAIAAAAIQCDb9dr4QAAAAoBAAAPAAAAZHJz&#13;&#10;L2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJvjSy3KcWxHEL6cwqFJoWQ28ba2CaWZCzFdt6+21N7&#13;&#10;WVhmdna+fDnZVgzUh8Y7DWqWgCBXetO4SsP37v3hBUSI6Ay23pGGKwVYFrc3OWbGj+6Lhm2sBIe4&#13;&#10;kKGGOsYukzKUNVkMM9+RY+3ke4uR176SpseRw20r0yR5lhYbxx9q7GhdU3neXqyGjxHH1aN6Gzbn&#13;&#10;0/p62M0/9xtFWt/fTa8LHqsFiEhT/LuAXwbuDwUXO/qLM0G0GpgmakjnIFhMFbMc2ZSoJ5BFLv8j&#13;&#10;FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#13;&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#13;&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAe2tAik8DAABfEQAADgAAAAAAAAAAAAAA&#13;&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAg2/Xa+EAAAAKAQAADwAAAAAAAAAA&#13;&#10;AAAAAACpBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAALcGAAAAAA==&#13;&#10;">
+                      <v:shape id="Frame 7" o:spid="_x0000_s1027" style="position:absolute;width:1301;height:977;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97790" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjTX8j0QAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#13;&#10;EIbvgv9hGaEXaTdtbGnTbou0CnoQ+yH1OmbHJDU7G3bXNP33riB4GZh5eZ/hWaw6U4uWnK8sKxgO&#13;&#10;EhDEudUVFwreDo/9KQgfkDXWlknBhTysltdXC8y0PfOO2n0oRISwz1BBGUKTSenzkgz6gW2IY/Zp&#13;&#10;ncEQV1dI7fAc4aaWoySZSIMVxw8lNrQuKf/afxsFdf5y0lt3+/D80aano341fvZ+VKp3023mcdzP&#13;&#10;QQTqwn/jD/Gko8N4lqZ3o+E4hV+xeAC5/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACF&#13;&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa&#13;&#10;9CxbvwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAj&#13;&#10;TX8j0QAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3&#13;&#10;AAAABQMAAAAA&#13;&#10;" path="m,l130175,r,97790l,97790,,xm12224,12224r,73342l117951,85566r,-73342l12224,12224xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97790;0,97790;0,0;12224,12224;12224,85566;117951,85566;117951,12224;12224,12224" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1028" style="position:absolute;left:85;top:1794;width:1302;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVoOAxzwAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#13;&#10;EIbvhb7DMoVeSt0YRG10FbUKXmyptj0P2TEJ3Z0N2TXGt3cFoZeBmZ//G77pvLNGtNT4yrGCfi8B&#13;&#10;QZw7XXGh4PuweR2D8AFZo3FMCi7kYT57fJhipt2Zv6jdh0JECPsMFZQh1JmUPi/Jou+5mjhmR9dY&#13;&#10;DHFtCqkbPEe4NTJNkqG0WHH8UGJNq5Lyv/3JKshflnK0+zxuD+vfwWbZrs2HkT9KPT9175M4FhMQ&#13;&#10;gbrw37gjtjo6jJM07afD0RvcxOIB5OwKAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#13;&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlaDg&#13;&#10;Mc8AAADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#13;&#10;AAMDAAAAAA==&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1029" style="position:absolute;top:3503;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmjBOYzgAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#13;&#10;EEXfC/2HZYS+FN1URUN0lWoVfNFSbX0esmMSujsbstuY/r0rFArDwHC5ZzjzZWeNaKnxlWMFL4ME&#13;&#10;BHHudMWFgs/Ttp+C8AFZo3FMCn7Jw3Lx+DDHTLsrf1B7DIWIEPYZKihDqDMpfV6SRT9wNXHMLq6x&#13;&#10;GOLZFFI3eI1wa+QwSSbSYsXxQ4k1rUvKv48/VkH+vJLT/ftld9qcx9tVuzEHI7+Ueup1b7O4Xmcg&#13;&#10;AnXhv/GH2GkFaToejdI4cPeKTiAXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAmjBOY&#13;&#10;zgAAAOcAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                      <v:shape id="Frame 7" o:spid="_x0000_s1030" style="position:absolute;top:5298;width:1301;height:980;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="130175,97972" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkbRnD0AAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSsNA&#13;&#10;EIbvQt9hGcGL2I0hpjbttlhtoRcVW+t5yE6T0N3ZkF3T+PZdQfAyMPPzf8M3Xw7WiJ463zhWcD9O&#13;&#10;QBCXTjdcKfjcb+4eQfiArNE4JgU/5GG5GF3NsdDuzB/U70IlIoR9gQrqENpCSl/WZNGPXUscs6Pr&#13;&#10;LIa4dpXUHZ4j3BqZJkkuLTYcP9TY0nNN5Wn3bRWUtys5eX0/bvfrr2yz6tfmzciDUjfXw8ssjqcZ&#13;&#10;iEBD+G/8IbY6OqRZluYP00kOv2LxAHJxAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0&#13;&#10;LFu/AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACRt&#13;&#10;GcPQAAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcA&#13;&#10;AAAEAwAAAAA=&#13;&#10;" path="m,l130175,r,97972l,97972,,xm12247,12247r,73479l117929,85726r,-73479l12247,12247xe" fillcolor="#4f81bd [3204]" strokecolor="#0a121c [484]" strokeweight="2pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;130175,0;130175,97972;0,97972;0,0;12247,12247;12247,85726;117929,85726;117929,12247;12247,12247" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00A16DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00A16DC0" w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Accepted Jesus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04D8E420" w14:textId="77777777" w:rsidR="00277715" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="37987C37" w14:textId="0BE15C05" w:rsidR="00A16DC0" w:rsidRPr="008C3517" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Wants more info</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FB44611" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="004F64EF" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="2DF05C46" w14:textId="14D35E9D" w:rsidR="00A16DC0" w:rsidRPr="008C3517" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="343" w:hanging="270"/>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F64EF">
-[...7 lines deleted...]
-              <w:t>Not interested</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Not Interested</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AAC4290" w14:textId="36C73F47" w:rsidR="00A16DC0" w:rsidRPr="00575230" w:rsidRDefault="00A16DC0" w:rsidP="00F851CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C3517">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Others:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="pct"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F0B49F" w14:textId="77777777" w:rsidR="00277715" w:rsidRPr="00575230" w:rsidRDefault="00277715" w:rsidP="00277715">
+          <w:p w14:paraId="6D827CD4" w14:textId="77777777" w:rsidR="00F851CC" w:rsidRPr="00575230" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42E0DA37" w14:textId="5752C7B3" w:rsidR="002B062D" w:rsidRPr="00575230" w:rsidRDefault="002B062D" w:rsidP="0075716B">
+    <w:p w14:paraId="21C2A0B1" w14:textId="77777777" w:rsidR="003146C6" w:rsidRPr="00575230" w:rsidRDefault="003146C6" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54DDCA92" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00575230" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+    <w:p w14:paraId="54DDCA92" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00F66C3E" w:rsidRDefault="003C792C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Briefly describe your gospel sharing experience. Describe any challenges you encountered and how you overcame them. Please share how many responded positively – prayed to accept Christ with you, and how many are open to being disciple</w:t>
       </w:r>
-      <w:r w:rsidR="00CC6020" w:rsidRPr="00575230">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+      <w:r w:rsidR="00CC6020" w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00575230">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F66C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB11B14" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00575230" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+    <w:p w14:paraId="5BB11B14" w14:textId="6F2B7EEE" w:rsidR="003C792C" w:rsidRPr="00575230" w:rsidRDefault="003C792C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44173889" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00575230" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+    <w:p w14:paraId="776A63BB" w14:textId="21D80443" w:rsidR="000831EB" w:rsidRDefault="001B141C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
-        </w:rPr>
-[...57 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...10 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
-        </w:rPr>
-[...180 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F51B29" wp14:editId="64381DE4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77283E1A" wp14:editId="03C1BE40">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-183735</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>167711</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="111096" cy="1529454"/>
+                <wp:effectExtent l="0" t="0" r="16510" b="7620"/>
+                <wp:wrapNone/>
+                <wp:docPr id="174681449" name="Left Bracket 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="111096" cy="1529454"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="leftBracket">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="597DC484" id="_x0000_t85" coordsize="21600,21600" o:spt="85" adj="1800" path="m21600,qx0@0l0@1qy21600,21600e" filled="f">
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                  <v:f eqn="prod #0 9598 32768"/>
+                  <v:f eqn="sum 21600 0 @2"/>
+                </v:formulas>
+                <v:path arrowok="t" gradientshapeok="t" o:connecttype="custom" o:connectlocs="21600,0;0,10800;21600,21600" textboxrect="6326,@2,21600,@3"/>
+                <v:handles>
+                  <v:h position="topLeft,#0" yrange="0,10800"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Left Bracket 8" o:spid="_x0000_s1026" type="#_x0000_t85" style="position:absolute;margin-left:-14.45pt;margin-top:13.2pt;width:8.75pt;height:120.45pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB05lQXRwIAAPcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8ztJU3WDV0qlsGkKa&#13;&#10;xsSG9uw59hrh+Mz52rT89ZydpJ3GJATixbnz/f78Xc7Ot60TG4OxAV/J8mgihfEa6sY/VfLb/dW7&#13;&#10;D1JEUr5WDryp5M5Eeb54++asC3MzhRW42qDgJD7Ou1DJFVGYF0XUK9OqeATBeDZawFYRq/hU1Kg6&#13;&#10;zt66YjqZnBQdYB0QtImRby97o1zk/NYaTV+sjYaEqyT3RvnEfD6ms1icqfkTqrBq9NCG+ocuWtV4&#13;&#10;LrpPdalIiTU2v6VqG40QwdKRhrYAaxtt8gw8TTl5Mc3dSgWTZ2FwYtjDFP9fWn2zuQu3yDB0Ic4j&#13;&#10;i2mKrcU2fbk/sc1g7fZgmS0JzZdlWU5OT6TQbCqPp6ez41lCszhEB4z0yUArklBJZyx9RKW/G8pQ&#13;&#10;qc11pD5i9OTwQxtZop0zqRPnvxormjoVztGZIebCodgoflultfFUDh1k7xRmG+f2gZM/Bw7+KdRk&#13;&#10;9vxN8D4iVwZP++C28YCvVaft2LLt/UcE+rkTBI9Q725RIPTcjUFfNYzntYp0q5DJyrTmBaQvfFgH&#13;&#10;XSVhkKRYAf587T75M4fYKkXH5K9k/LFWaKRwnz2z67SczdK2ZGV2/H7KCj63PD63+HV7AfwGJa96&#13;&#10;0FlM/uRG0SK0D7yny1SVTcprrl1JTTgqF9QvJW+6NstlduMNCYqu/V3Q46snotxvHxSGgVTEdLyB&#13;&#10;cVHU/AWpet/0Hh6WawLbZMYdcB3w5u3K1B3+BGl9n+vZ6/C/WvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCGEOHf5QAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE87b8IwEN4r8R+sQ+qCgpO0ohDioJao&#13;&#10;Q6VWCOjCZmI3jhqfo9iB9N/3mNrldI/vvke+GW3LLrr3jUMByTwGprFyqsFawOfxNVoC80Gikq1D&#13;&#10;LeBHe9gUk7tcZspdca8vh1AzIkGfSQEmhC7j3FdGW+nnrtNIty/XWxlo7GuuenklctvyNI4X3MoG&#13;&#10;ScHITm+Nrr4PgxUw251KfrKznXrZmv3H23s5jKujEPfTsVxTeV4DC3oMfx9wy0D+oSBjZzeg8qwV&#13;&#10;EKXLFUEFpItHYASIkoSa823x9AC8yPn/HMUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;AHTmVBdHAgAA9wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAIYQ4d/lAAAADwEAAA8AAAAAAAAAAAAAAAAAoQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAACzBQAAAAA=&#13;&#10;" adj="131" strokecolor="#4579b8 [3044]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77532573" wp14:editId="67F6D7CD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6798180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>47625</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="128187" cy="1649338"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="187762868" name="Right Bracket 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="128187" cy="1649338"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rightBracket">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="17952F3D" id="_x0000_t86" coordsize="21600,21600" o:spt="86" adj="1800" path="m,qx21600@0l21600@1qy,21600e" filled="f">
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                  <v:f eqn="prod #0 9598 32768"/>
+                  <v:f eqn="sum 21600 0 @2"/>
+                </v:formulas>
+                <v:path arrowok="t" gradientshapeok="t" o:connecttype="custom" o:connectlocs="0,0;0,21600;21600,10800" textboxrect="0,@2,15274,@3"/>
+                <v:handles>
+                  <v:h position="bottomRight,#0" yrange="0,10800"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Right Bracket 7" o:spid="_x0000_s1026" type="#_x0000_t86" style="position:absolute;margin-left:535.3pt;margin-top:3.75pt;width:10.1pt;height:129.85pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAtqGqYSQIAAPgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hTOigVKeqKmCYh&#13;&#10;QIOJZ9exG2uJ7Z2vTbu/fmcnaRFDmjbtxbnz/f78XS6vdk3NtgqCcbbg+cmIM2WlK41dF/zb082H&#13;&#10;KWcBhS1F7awq+F4FfjV//+6y9TM1dpWrSwWMktgwa33BK0Q/y7IgK9WIcOK8smTUDhqBpMI6K0G0&#13;&#10;lL2ps/FodJa1DkoPTqoQ6Pa6M/J5yq+1knivdVDI6oJTb5hOSOcqntn8UszWIHxlZN+G+IcuGmEs&#13;&#10;FT2kuhYo2AbMb6kaI8EFp/FEuiZzWhup0gw0TT56Nc1jJbxKsxA4wR9gCv8vrbzbPvoHIBhaH2aB&#13;&#10;xDjFTkMTv9Qf2yWw9gew1A6ZpMt8PM2n55xJMuVnk4vT02lEMztGewj4WbmGRaHgYNYVfgIhvytM&#13;&#10;WIntbcAuZHCl+GMfScJ9rWIrtf2qNDNlrJyiE0XUsga2FfS4QkplMe9bSN4xTJu6PgSO/hzY+8dQ&#13;&#10;lejzN8GHiFTZWTwEN8Y6eKs67oaWdec/INDNHSFYuXL/AAxcR97g5Y0hQG9FwAcBxFbiNW0g3tOh&#13;&#10;a9cW3PUSZ5WDn2/dR38iEVk5a4n9BQ8/NgIUZ/UXS/S6yCeTuC5JmXw8H5MCLy2rlxa7aZaO3iCn&#13;&#10;XfcyidEf60HU4JpnWtRFrEomYSXVLrhEGJQldltJqy7VYpHcaEW8wFv76OXw6pEoT7tnAb5nFRIf&#13;&#10;79ywKWL2ilSdb3wP6xYbdNokxh1x7fGm9Urc7X8FcX9f6snr+MOa/wIAAP//AwBQSwMEFAAGAAgA&#13;&#10;AAAhAEcy3BfjAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMj09LxDAQxe/CfocwghdxEwu22m26&#13;&#10;6Io3QfYP6DFtYls3mZQm7dZv7+zJvQw85s2b9yvWs7NsMkPoPEq4XwpgBmuvO2wkHPZvd4/AQlSo&#13;&#10;lfVoJPyaAOtycVWoXPsTbs20iw2jEAy5ktDG2Oech7o1ToWl7w3S7tsPTkWSQ8P1oE4U7ixPhEi5&#13;&#10;Ux3Sh1b1ZtOa+rgbnQT7sYlC345ftvr5fJnjPrxPGKS8uZ5fVzSeV8CimeP/BZwZqD+UVKzyI+rA&#13;&#10;LGmRiZS8ErIHYGeDeBJEVElI0iwBXhb8EqT8AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;AC2oaphJAgAA+AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAEcy3BfjAAAAEAEAAA8AAAAAAAAAAAAAAAAAowQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAACzBQAAAAA=&#13;&#10;" adj="140" strokecolor="#4579b8 [3044]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="003146C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SAMPLE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60798F55" w14:textId="2916134B" w:rsidR="00334712" w:rsidRPr="00334712" w:rsidRDefault="00334712" w:rsidP="00334712">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">My </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>kuya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daniel was home from his work in the UAE for Christmas, and I took the opportunity to share my One-Minute Testimony and the Best Decision booklet with him. I’ve also been sending him Bible verses and CCF online services while he was abroad, and consistently praying for him.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Praise God, he was very receptive, and by God’s grace, he prayed to accept Jesus as his Savior and Lord! I’ve invited him to attend the CCF SNS Christmas service with me, and he said yes. I also plan to connect him to CCF Dubai when he returns after New Year.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Truly, this is the greatest Christmas gift—my </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>kuya’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00334712">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Annai MN"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new life in Jesus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D717115" w14:textId="00B86C27" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="003146C6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340C21AC" w14:textId="64911F1E" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="003146C6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5074A4AA" w14:textId="5FF0B241" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="003146C6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DDFE27" w14:textId="3AA0B5EA" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="003146C6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5EBCB0" w14:textId="02D317BA" w:rsidR="001B141C" w:rsidRPr="00620DCC" w:rsidRDefault="003146C6" w:rsidP="001B141C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B141C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761575DD" w14:textId="3B8A4E8D" w:rsidR="0025480C" w:rsidRPr="0025480C" w:rsidRDefault="001B141C" w:rsidP="001B141C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0025480C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BF2BD5" w14:textId="280C5222" w:rsidR="00297519" w:rsidRPr="0025480C" w:rsidRDefault="001B141C" w:rsidP="0025480C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may use the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>blank back page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>you need more spa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ce.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DCA4F9" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B031713" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546D0BDC" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3C145C" w14:textId="1098E3EF" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III. BIBLE READING</w:t>
+      </w:r>
+      <w:r w:rsidR="00F851CC" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Book 2 Spiritual Disciplines Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C752987" w14:textId="1396D5CA" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC Level 1 trainees are </w:t>
+      </w:r>
+      <w:r w:rsidR="00975ABD" w:rsidRPr="00975ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>encouraged</w:t>
+      </w:r>
+      <w:r w:rsidR="00975ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to read the entire New Testament during your training cycle. Please put a check below on all the boxes that show what New Testament books you have </w:t>
+      </w:r>
+      <w:r w:rsidR="00975ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>read</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="182"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="4395"/>
+        <w:gridCol w:w="1141"/>
+        <w:gridCol w:w="3254"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000831EB" w:rsidRPr="00297729" w14:paraId="15CFCB35" w14:textId="76FC1514" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF3B85" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="109C5F6A" wp14:editId="5A051ADB">
+                  <wp:extent cx="112643" cy="112643"/>
+                  <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+                  <wp:docPr id="1978304974" name="Graphic 6" descr="Checkmark with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1461791454" name="Graphic 1461791454" descr="Checkmark with solid fill"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId13"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="123059" cy="123059"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> What you have read </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="368B3728" w14:textId="0BD9A8AE" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27 </w:t>
+            </w:r>
+            <w:r w:rsidR="000831EB" w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW TESTAMENT BOOKS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A52721" w14:textId="13830CCE" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38FD7BFD" wp14:editId="68A2844E">
+                  <wp:extent cx="112643" cy="112643"/>
+                  <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
+                  <wp:docPr id="145937662" name="Graphic 6" descr="Checkmark with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1461791454" name="Graphic 1461791454" descr="Checkmark with solid fill"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId13"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="112643" cy="112643"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> What you have read</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC1A710" w14:textId="1F8AB95B" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27 </w:t>
+            </w:r>
+            <w:r w:rsidR="000831EB" w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEW TESTAMENT BOOKS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="642D6E5A" w14:textId="0332E1F7" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB36347" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF48F61" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matthew </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E52C0C0" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52136957" w14:textId="35D699E4" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Timothy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="33A77594" w14:textId="4DBD19AE" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEF651C" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2406CB06" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mark</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B3D5A3" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8F0857" w14:textId="04DA9F4A" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 Timothy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="013E2527" w14:textId="0C3FF389" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5684C9" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2430DA94" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C1E70B" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6E80E6" w14:textId="2730EE2F" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Titus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="33C4F7BD" w14:textId="0653BEE4" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48240449" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C54A6D" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">John </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="570F60EC" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CEE14E" w14:textId="1B2E3F91" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Philemon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000831EB" w:rsidRPr="00297729" w14:paraId="02B69D3E" w14:textId="7CA65B2D" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2660D3B8" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA70D50" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Acts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D181A3" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1504D87E" w14:textId="4C724BAB" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="000831EB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hebrews</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="2CE5C819" w14:textId="75F21916" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BB0BA5" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBA94A8" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Romans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E328DB" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B94D7D" w14:textId="270A4AF3" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>James</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="6CEDD273" w14:textId="56DE8ED9" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="063A4379" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="043B2B03" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Corinthians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B110F5" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331AFDE3" w14:textId="6A4AD36C" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Peter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="12F44263" w14:textId="2D8ACC40" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAF871A" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADEDDEB" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 Corinthians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="217B3B08" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CA8479" w14:textId="539DD889" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 Peter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="65238E2C" w14:textId="3448EBE7" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA3846A" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1BB60A" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galatians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E4F5D2" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8EBD81" w14:textId="6988D4BC" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 John</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="11430668" w14:textId="3B08EDBB" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20122772" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738004BF" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ephesians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D9DB6E" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6095001D" w14:textId="41562FC0" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 John</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="770EDBC0" w14:textId="4F3248ED" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5359705D" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29387C8C" w14:textId="34034DB3" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Philippians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32750023" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5724979E" w14:textId="2272B178" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 John</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="06DFC9B8" w14:textId="31D97B57" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10114D3D" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CCD3A3" w14:textId="6F56F5E0" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Colossians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242D103D" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5D8481" w14:textId="250EFE78" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jude</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="0BEFFBD2" w14:textId="41B14924" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524A3F7B" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="057245E4" w14:textId="0707B121" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Thessalonians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46ABE709" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="494FC2B8" w14:textId="4B450C12" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Revelation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F66C3E" w:rsidRPr="00297729" w14:paraId="066A6C81" w14:textId="77777777" w:rsidTr="000831EB">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452DF16F" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E941621" w14:textId="4D22EA4C" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00297729">
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 Thessalonians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6221AB8E" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BF4FEF" w14:textId="77777777" w:rsidR="00F66C3E" w:rsidRPr="00297729" w:rsidRDefault="00F66C3E" w:rsidP="00F66C3E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="49E0A78D" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00297729" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A88A683" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00297729" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459B1C1A" w14:textId="77777777" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BDF36F9" w14:textId="77777777" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="488F9C0B" w14:textId="77777777" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B690931" w14:textId="77777777" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDA5E52" w14:textId="77777777" w:rsidR="00B233D7" w:rsidRPr="00297729" w:rsidRDefault="00B233D7" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7768C4B5" w14:textId="77777777" w:rsidR="003C792C" w:rsidRPr="00297729" w:rsidRDefault="003C792C" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C34C26" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A665BF" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C6421A" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5040B4" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED650EF" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AB7349F" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0363A1A1" w14:textId="4D6106B2" w:rsidR="009A7CC6" w:rsidRPr="00297729" w:rsidRDefault="009A7CC6" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63A29B33" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6986535E" w14:textId="77777777" w:rsidR="000831EB" w:rsidRPr="00297729" w:rsidRDefault="000831EB" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="082146D0" w14:textId="34E14D8B" w:rsidR="003E31BA" w:rsidRDefault="003E31BA" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="465C757F" w14:textId="00040C51" w:rsidR="00575230" w:rsidRPr="00CD6EF0" w:rsidRDefault="00575230" w:rsidP="00CD6EF0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>----------------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>----------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDB515C" w14:textId="2FC877F1" w:rsidR="004F1D37" w:rsidRPr="0017189C" w:rsidRDefault="004F1D37" w:rsidP="0017189C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>DGROUP LEADER’S ATTESTATION</w:t>
+      </w:r>
+      <w:r w:rsidR="003C792C" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ENDORSEMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TO BE FILLED OUT BY DGROUP LEADER)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CD43BD" w14:textId="77777777" w:rsidR="00866852" w:rsidRPr="00F669B7" w:rsidRDefault="00866852" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AC7352" w14:textId="77777777" w:rsidR="004F1D37" w:rsidRPr="00575230" w:rsidRDefault="00866852" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is to certify that </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D37" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D37" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ is a registered member of my </w:t>
+      </w:r>
+      <w:r w:rsidR="00546BD0" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Dgroup</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D37" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verify that what </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he/she has stated in this Life Application form </w:t>
+      </w:r>
+      <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>true</w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and correct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD0B31B" w14:textId="067C57AF" w:rsidR="00354F44" w:rsidRPr="00575230" w:rsidRDefault="00354F44" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1373F3FE" w14:textId="3B6A0BA1" w:rsidR="00575230" w:rsidRDefault="00624836" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F51B29" wp14:editId="4BCBB90B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3631384</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8255</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="123825" cy="133350"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="123825" cy="133350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
@@ -3218,65 +8060,65 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="220521D9" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:285.95pt;margin-top:.65pt;width:9.75pt;height:10.5pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#10;FAAGAAgAAAAhAJTb2K/dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;E5fSNsSpEBLi1AMB0R7deEkC8TrEThv+nu0Jjqs3ejObbybXiSMOofWkIZ0lIJAqb1uqNby9Pt2s&#10;QIRoyJrOE2r4wQCb4vIiN5n1J3rBYxlrwRIKmdHQxNhnUoaqQWfCzPdIzD784Ezkc6ilHcyJ5a6T&#10;KknupDMtcUNjenxssPoqR8eWz+8yxPF5t927rfTLd7dTqdL6+mp6uAcRcYp/YTjP5+lQ8KaDH8kG&#10;0WlYLNM1RxnMQTBfrNNbEAcNSs1BFrn8/0DxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADuAdZhPAgAA8wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJTb2K/dAAAACAEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
+              <v:rect w14:anchorId="49F21A63" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:285.95pt;margin-top:.65pt;width:9.75pt;height:10.5pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#13;&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#13;&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#13;&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#13;&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#13;&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#13;&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#13;&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#13;&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#13;&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#13;&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAKaWKmbiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY&#13;&#10;2owx1jWdEAhx2mEFMY5ZY9pC45Qm3cq/x5zgYsl6z5/fyzeT68QRh9B60pDOEhBIlbct1Rpenh+v&#13;&#10;bkGEaMiazhNq+MYAm+L8LDeZ9Sfa4bGMtWAIhcxoaGLsMylD1aAzYeZ7JNbe/eBM5HWopR3MieGu&#13;&#10;kypJbqQzLfGHxvR432D1WY6OKR9fZYjj03775rbSL1/dXqVK68uL6WHN424NIuIU/y7gtwPnh4KD&#13;&#10;HfxINohOw2KZrtjKwhwE64tVeg3ioEGpOcgil/9bFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#13;&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#13;&#10;CAAAACEAO4B1mE8CAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAppYqZuIAAAANAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsF&#13;&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#13;&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="748CA05A" wp14:editId="12CB4793">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="748CA05A" wp14:editId="6186CAB6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2620735</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8436</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="123825" cy="133350"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Rectangle 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="123825" cy="133350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
@@ -3293,51 +8135,51 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0C2D1DE9" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:206.35pt;margin-top:.65pt;width:9.75pt;height:10.5pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#10;FAAGAAgAAAAhAMm23ifcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SL1R&#10;J05FUYhTVZVQTz0QEOXoxksSiNchdtrw9ywnOK7e6M1ssZldL844hs6ThnSZgECqve2o0fDy/Hh7&#10;DyJEQ9b0nlDDNwbYlNdXhcmtv9ATnqvYCJZQyI2GNsYhlzLULToTln5AYvbuR2cin2Mj7WguLHe9&#10;VElyJ53piBtaM+CuxfqzmhxbPr6qEKf98fDmDtKvX91RpUrrxc28fQARcY5/Yfidz9Oh5E0nP5EN&#10;otewStWaowwyEMxXmVIgThqUykCWhfz/QPkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;O4B1mE8CAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAybbeJ9wAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
+              <v:rect w14:anchorId="1C1CD47D" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:206.35pt;margin-top:.65pt;width:9.75pt;height:10.5pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#13;&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#13;&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#13;&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#13;&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#13;&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#13;&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#13;&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#13;&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#13;&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#13;&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAPv7LO7hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY&#13;&#10;2nRiqGs6IRDitAMFMY5Z47UdjVOadCv/HnOCiyXrPX9+r9jMrhcnHEPnSUO6SEAg1d521Gh4e326&#13;&#10;uQMRoiFrek+o4RsDbMrLi8Lk1p/pBU9VbARDKORGQxvjkEsZ6hadCQs/ILF28KMzkdexkXY0Z4a7&#13;&#10;XqokuZXOdMQfWjPgQ4v1ZzU5phy/qhCn5932w22lX727nUqV1tdX8+Oax/0aRMQ5/l3AbwfODyUH&#13;&#10;2/uJbBC9hmWqVmxlIQPB+jJTCsReg1IZyLKQ/1uUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#13;&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#13;&#10;AAAAIQA7gHWYTwIAAPMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQD7+yzu4QAAAA0BAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#13;&#10;AAAAAAQABADzAAAAtwUAAAAA&#13;&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you endorse him/her to start discipling? </w:t>
       </w:r>
       <w:r w:rsidR="00CC6020" w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>YES</w:t>
@@ -3355,405 +8197,416 @@
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">NOT YET.  </w:t>
       </w:r>
       <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">If not, please state </w:t>
-      </w:r>
+        <w:t>If not, please state reason</w:t>
+      </w:r>
+      <w:r w:rsidR="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="0017189C" w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>what your action plan is to help him/her qualify to be a Dgroup leader within the next 6 – 12 months:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6264214D" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365E727F" w14:textId="5DDE2C33" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="0017189C" w:rsidP="00575230">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
-[...5 lines deleted...]
-        <w:t>reason</w:t>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>REASON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00354F44" w:rsidRPr="00575230">
-[...25 lines deleted...]
-    <w:p w14:paraId="365E727F" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00607C25" w:rsidRDefault="00575230" w:rsidP="00575230">
+      <w:r w:rsidR="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2781BE62" w14:textId="084797BA" w:rsidR="004F1D37" w:rsidRPr="0017189C" w:rsidRDefault="0017189C" w:rsidP="0017189C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________________________________________________________________</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">ACTION </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2781BE62" w14:textId="77777777" w:rsidR="004F1D37" w:rsidRPr="00575230" w:rsidRDefault="00866852" w:rsidP="0075716B">
+        <w:t>PLAN:</w:t>
+      </w:r>
+      <w:r w:rsidR="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A6FD3A" w14:textId="1F843FAF" w:rsidR="0017189C" w:rsidRDefault="0017189C" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2237CEB5" w14:textId="77777777" w:rsidR="00E02C25" w:rsidRDefault="00607C25" w:rsidP="0075716B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="37718F84" w14:textId="77777777" w:rsidR="004F1D37" w:rsidRPr="00575230" w:rsidRDefault="00607C25" w:rsidP="0075716B">
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDD24A3" w14:textId="77777777" w:rsidR="00E02C25" w:rsidRDefault="00866852" w:rsidP="00E02C25">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Signed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00607C25" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E02C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37718F84" w14:textId="01D33F2F" w:rsidR="004F1D37" w:rsidRPr="00575230" w:rsidRDefault="00546BD0" w:rsidP="00E02C25">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Dgroup</w:t>
+      </w:r>
+      <w:r w:rsidR="00866852" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Leader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00866852" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s Name / Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00866852" w:rsidRPr="00575230">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00575230">
-[...204 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1A9B9399" w14:textId="77777777" w:rsidR="004F1D37" w:rsidRPr="00575230" w:rsidRDefault="004F1D37" w:rsidP="0075716B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CE4A103" w14:textId="77777777" w:rsidR="00B9000E" w:rsidRDefault="00546BD0" w:rsidP="0075716B">
+    <w:p w14:paraId="2CE4A103" w14:textId="560FAE48" w:rsidR="00B9000E" w:rsidRDefault="00546BD0" w:rsidP="0075716B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">18 And Jesus came up and spoke to them, saying, “All authority has been given to Me in heaven and on earth. 19 Go therefore and make disciples of all the nations, baptizing them in the name of the Father and the Son and the Holy Spirit, 20 teaching them to observe all that I commanded you; and lo, I am with you always, even to the end of the age.” </w:t>
       </w:r>
       <w:r w:rsidRPr="00575230">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>– Matthew 28:18-20 NASB</w:t>
-      </w:r>
+        <w:t xml:space="preserve">– Matthew 28:18-20 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B9E251" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219D0A62" w14:textId="77777777" w:rsidR="00975ABD" w:rsidRDefault="00975ABD" w:rsidP="0075716B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2BAA9B8A" w14:textId="4F1E0A8C" w:rsidR="00AC6680" w:rsidRDefault="00575230" w:rsidP="00AC6680">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="131C9F35" wp14:editId="63C48894">
                 <wp:extent cx="3076575" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="4" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -3816,51 +8669,51 @@
                                 <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>1 SURVEY</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="131C9F35" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:242.25pt;height:30pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmyEJNFQIAAAoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IdO3YEy0HqNEWB&#10;9AEk/YA1RVlEKS5L0pbcr++ScmwjvQW9EFzucjg7O1ze9q1me+m8QlPy8SjnTBqBlTLbkv98fviw&#10;4MwHMBVoNLLkB+n57er9u2VnCznBBnUlHSMQ44vOlrwJwRZZ5kUjW/AjtNJQskbXQqDQbbPKQUfo&#10;rc4meX6ddegq61BI7+n0fkjyVcKvaynC97r2MjBdcuIW0urSuolrtlpCsXVgGyWONOANLFpQhh49&#10;Qd1DALZz6h+oVgmHHuswEthmWNdKyNQDdTPOX3Xz1ICVqRcSx9uTTP7/wYpv+yf7w7HQf8SeBpia&#10;8PYRxS/PDK4bMFt55y0JGbPnI+ewayRUxGUcVcw664sjWlTfFz7ibrqvWNHcYRcwYfe1a6NQ1Dqj&#10;B2kmh9McZB+YoMOrfH49m884E5S7WozzPA0qg+LltnU+fJbYsrgpuSN6CR32jz5ENlC8lMTHPGpV&#10;PSitUxC9JdfasT2QK0I/8H9VpQ3rSn4zm8wSsMF4PbmlVYEsq1Vb8gUxG7hBEcX4ZKpUEkDpYU9E&#10;tDmqEwUZpAn9pqfCqNIGqwPp5HCwJn0l2jTo/nDWkS1L7n/vwEnO9BdDWt+Mp9Po4xRMZ/MJBe4y&#10;s7nMgBEEVXIRHGdDsA7J/VEIg3c0lVolwc5cjmzJcEnH4+eIjr6MU9X5C6/+AgAA//8DAFBLAwQU&#10;AAYACAAAACEARygaCNsAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvDQBCE34X+h2MFX8Te&#10;tdZQYi6lCCJYwdr6Aza5NQne7YXctY3/3mtf9GVgmWXmm2I1OiuONITOs4bZVIEgrr3puNHwuX++&#10;W4IIEdmg9UwafijAqpxcFZgbf+IPOu5iI1IIhxw1tDH2uZShbslhmPqeOHlffnAY0zk00gx4SuHO&#10;yrlSmXTYcWposaenlurv3cGde9+2m8rj/cvt+8zOt/I12/eo9c31uH4EEWmMf89wxk/oUCamyh/Y&#10;BGE1pCHxoslbLBcPICoNmVIgy0L+hy9/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbI&#10;Qk0VAgAACgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AEcoGgjbAAAABAEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" fillcolor="black [3213]" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:242.25pt;height:30pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAmyEJNFQIAAAoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IdO3YEy0HqNEWB&#13;&#10;9AEk/YA1RVlEKS5L0pbcr++ScmwjvQW9EFzucjg7O1ze9q1me+m8QlPy8SjnTBqBlTLbkv98fviw&#13;&#10;4MwHMBVoNLLkB+n57er9u2VnCznBBnUlHSMQ44vOlrwJwRZZ5kUjW/AjtNJQskbXQqDQbbPKQUfo&#13;&#10;rc4meX6ddegq61BI7+n0fkjyVcKvaynC97r2MjBdcuIW0urSuolrtlpCsXVgGyWONOANLFpQhh49&#13;&#10;Qd1DALZz6h+oVgmHHuswEthmWNdKyNQDdTPOX3Xz1ICVqRcSx9uTTP7/wYpv+yf7w7HQf8SeBpia&#13;&#10;8PYRxS/PDK4bMFt55y0JGbPnI+ewayRUxGUcVcw664sjWlTfFz7ibrqvWNHcYRcwYfe1a6NQ1Dqj&#13;&#10;B2kmh9McZB+YoMOrfH49m884E5S7WozzPA0qg+LltnU+fJbYsrgpuSN6CR32jz5ENlC8lMTHPGpV&#13;&#10;PSitUxC9JdfasT2QK0I/8H9VpQ3rSn4zm8wSsMF4PbmlVYEsq1Vb8gUxG7hBEcX4ZKpUEkDpYU9E&#13;&#10;tDmqEwUZpAn9pqfCqNIGqwPp5HCwJn0l2jTo/nDWkS1L7n/vwEnO9BdDWt+Mp9Po4xRMZ/MJBe4y&#13;&#10;s7nMgBEEVXIRHGdDsA7J/VEIg3c0lVolwc5cjmzJcEnH4+eIjr6MU9X5C6/+AgAA//8DAFBLAwQU&#13;&#10;AAYACAAAACEACJzJWd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvDQBCE3wX/w7GCL2Lv&#13;&#10;WmsoaS5FFBGqYG39AZvcmQTv9kLu2sZ/360v+jKwDDszX7EavRMHO8QukIbpRIGwVAfTUaPhc/d8&#13;&#10;uwARE5JBF8hq+LERVuXlRYG5CUf6sIdtagSHUMxRQ5tSn0sZ69Z6jJPQW2LvKwweE59DI82ARw73&#13;&#10;Ts6UyqTHjrihxd4+trb+3u79ufdt81oFvHu5eZ+62Uaus12PWl9fjU9LlocliGTH9PcBZwbeDyUP&#13;&#10;q8KeTBROA9OkX2Vvvpjfg6g0ZEqBLAv5n6A8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;ACbIQk0VAgAACgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAAicyVneAAAACQEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAAB6BQAAAAA=&#13;&#10;" fillcolor="black [3213]" stroked="f">
                 <o:lock v:ext="edit" aspectratio="t"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7D7CAEAA" w14:textId="7F28D702" w:rsidR="00575230" w:rsidRPr="00EB4D4C" w:rsidRDefault="00575230" w:rsidP="00575230">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EB4D4C">
                         <w:rPr>
                           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> GLC </w:t>
                       </w:r>
                       <w:r w:rsidR="005C0AF8" w:rsidRPr="00EB4D4C">
                         <w:rPr>
                           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -3874,469 +8727,333 @@
                           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>1 SURVEY</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AC6680">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4323384A" w14:textId="49A3CADF" w:rsidR="00575230" w:rsidRPr="00AC6680" w:rsidRDefault="00575230" w:rsidP="00AC6680">
+    <w:p w14:paraId="4323384A" w14:textId="49A3CADF" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00AC6680">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PRINT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> your answers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39334354" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00F50C73" w:rsidRDefault="00575230" w:rsidP="00575230">
+    <w:p w14:paraId="39334354" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk516665714"/>
-      <w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...68 lines deleted...]
-    <w:p w14:paraId="7EAABC30" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name ___________________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAABC30" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(Last </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Name)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Name)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:t xml:space="preserve">First </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:t xml:space="preserve">Name)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">   (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">First </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Name)   </w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">M.I.)              </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="770272FF" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="005D416E" w:rsidRDefault="00575230" w:rsidP="00575230">
+    <w:p w14:paraId="770272FF" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="12"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="63DB6A1C" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63DB6A1C" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="73829CC5" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Please answer the following questions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73829CC5" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="74C52148" w14:textId="7A91F754" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C52148" w14:textId="3DB67A6A" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00F851CC" w:rsidP="00F851CC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="499AC0C4" w14:textId="2E69FF1B" w:rsidR="00575230" w:rsidRPr="002B0381" w:rsidRDefault="00877AE6" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499AC0C4" w14:textId="41CDAB77" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00F851CC" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BDE479D" wp14:editId="644B4889">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BDE479D" wp14:editId="0AC1E71B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2999740</wp:posOffset>
+                  <wp:posOffset>3136295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="123825" cy="133350"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Rectangle 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="123825" cy="133350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
@@ -4344,70 +9061,70 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="68BA01D0" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:236.2pt;margin-top:1pt;width:9.75pt;height:10.5pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#10;FAAGAAgAAAAhABsi13LcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;ExNRmsapEBLi1AMpoj268ZIE4nWInTb8PcsJjqMZvZkpNrPrxQnH0HnSkC4SEEi1tx01Gl53Tzf3&#10;IEI0ZE3vCTV8Y4BNeXlRmNz6M73gqYqNYAiF3GhoYxxyKUPdojNh4Qck9t796ExkOTbSjubMcNdL&#10;lSR30pmOuKE1Az62WH9Wk2PKx1cV4vS83x7cVvrlm9urVGl9fTU/rEFEnONfGH7n83QoedPRT2SD&#10;6DVkS5VxVIPiS+xnq3QF4sj6NgFZFvL/gfIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;O4B1mE8CAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAGyLXctwAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
+              <v:rect w14:anchorId="51CB2DF6" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:246.95pt;margin-top:1pt;width:9.75pt;height:10.5pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#13;&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#13;&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#13;&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#13;&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#13;&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#13;&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#13;&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#13;&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#13;&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#13;&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAJUXxHviAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#13;&#10;81MKTeNUCIQ49UCKKEc3XpK08TrEThvenuUEl5VGszs7X76ebCdOOPjWkYJ4FoFAqpxpqVbwtn2+&#13;&#10;uQfhgyajO0eo4Bs9rIvLi1xnxp3pFU9lqAWHkM+0giaEPpPSVw1a7WeuR2Lv0w1WB5ZDLc2gzxxu&#13;&#10;O5lE0UJa3RJ/aHSPjw1Wx3K0nHL4Kn0YX3abD7uR7u7d7pI4Uer6anpa8XhYgQg4hb8L+GXg/lBw&#13;&#10;sb0byXjRKZgv0yWvKkiYi/3bOJ2D2LNOI5BFLv9TFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#13;&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#13;&#10;CAAAACEAO4B1mE8CAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAlRfEe+IAAAANAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsF&#13;&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#13;&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B6E449" wp14:editId="621C3BE5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B6E449" wp14:editId="1DBD85C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2459355</wp:posOffset>
+                  <wp:posOffset>2663825</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="123825" cy="133350"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Rectangle 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="123825" cy="133350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
@@ -4415,836 +9132,638 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="14DB0F82" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:193.65pt;margin-top:1pt;width:9.75pt;height:10.5pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#10;FAAGAAgAAAAhALyJ4D3cAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrK3Gj&#10;dhPUViFOVVVCnHogVJSjGy9JIF6H2GnD37Oc4Dia0ZuZfDu5TlxwCK0nDcuFAoFUedtSreH48ni3&#10;ARGiIWs6T6jhGwNsi9lNbjLrr/SMlzLWgiEUMqOhibHPpAxVg86Ehe+R2Hv3gzOR5VBLO5grw10n&#10;E6VW0pmWuKExPe4brD7L0THl46sMcXw6Hd7cQfr1qzsly0Tr2/m0ewARcYp/Yfidz9Oh4E1nP5IN&#10;otOQbtYpRzUkfIn9e7XiK2fWqQJZ5PL/geIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;O4B1mE8CAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAvIngPdwAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
+              <v:rect w14:anchorId="61D59054" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:209.75pt;margin-top:1pt;width:9.75pt;height:10.5pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA7gHWYTwIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx07zdYacYogRYcB&#13;&#10;RVu0HXpWZSkxJosapcTJfv0oOXGCrthh2EWmzMev50dPr7atYRuFvgFb8fxsxJmyEurGLiv+/fnm&#13;&#10;0wVnPghbCwNWVXynPL+affww7VypCliBqRUySmJ92bmKr0JwZZZ5uVKt8GfglCWnBmxFoCsusxpF&#13;&#10;R9lbkxWj0eesA6wdglTe09vr3slnKb/WSoZ7rb0KzFScegvpxHS+xjObTUW5ROFWjdy3If6hi1Y0&#13;&#10;looOqa5FEGyNzR+p2kYieNDhTEKbgdaNVGkGmiYfvZnmaSWcSrMQOd4NNPn/l1bebZ7cAxINnfOl&#13;&#10;JzNOsdXYxif1x7aJrN1AltoGJullXowviglnklz5eDyeJDKzY7BDH74qaFk0Ko70LRJFYnPrAxUk&#13;&#10;6AESaxnLuopfTihndB7bSVbYGdWjHpVmTU0NFClbUopaGGQbQd+4/pGn8JiPkDFEN8YMQfl7QSYc&#13;&#10;gvbYGKaSeobA0XuBx2oDOlUEG4bAtrGAfw/WPf4wdT9rHPsV6t0DMoRet97Jm4bIvBU+PAgkoZKk&#13;&#10;afnCPR3aAPEHe4uzFeCv995HPOmHvJx1JPyK+59rgYoz882Ssi7z8/O4KelyPvlS0AVPPa+nHrtu&#13;&#10;F0C857TmTiYz4oM5mBqhfaEdnceq5BJWUu2Ky4CHyyL0C0lbLtV8nmC0HU6EW/vkZEweWY1ied6+&#13;&#10;CHR7RQWS4h0clkSUb4TVY2Okhfk6gG6S6o687vmmzUpi3P8F4uqe3hPq+K+a/QYAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAMa7mr7gAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT01PwzAMvSPxHyIj7cbS&#13;&#10;dgO2rumEhhCnHSho45g1pu3WOKVJt/LvMSe4WH569vvI1qNtxRl73zhSEE8jEEilMw1VCt7fnm8X&#13;&#10;IHzQZHTrCBV8o4d1fn2V6dS4C73iuQiVYBHyqVZQh9ClUvqyRqv91HVIzH263urAsK+k6fWFxW0r&#13;&#10;kyi6l1Y3xA617nBTY3kqBssqx6/Ch+Flv/2wW+kednafxIlSk5vxacXjcQUi4Bj+PuC3A+eHnIMd&#13;&#10;3EDGi1bBPF7e8amChHsxP58teTkwnkUg80z+b5H/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#13;&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#13;&#10;AAAhADuAdZhPAgAA8wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#13;&#10;AAgAAAAhAMa7mr7gAAAADQEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#13;&#10;AAAABAAEAPMAAAC2BQAAAAA=&#13;&#10;" fillcolor="white [3201]" strokecolor="black [3200]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00575230">
+      <w:r w:rsidR="00575230" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Are you a Dgroup Leader?       Yes        No</w:t>
+      </w:r>
+      <w:r w:rsidR="00575230" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:b/>
+          <w:noProof/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00575230">
-[...18 lines deleted...]
-    <w:p w14:paraId="1D6169EA" w14:textId="77777777" w:rsidR="002B0381" w:rsidRDefault="002B0381" w:rsidP="002B0381">
+    </w:p>
+    <w:p w14:paraId="1D6169EA" w14:textId="77777777" w:rsidR="002B0381" w:rsidRPr="0017189C" w:rsidRDefault="002B0381" w:rsidP="002B0381">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="14E7B356" w14:textId="77777777" w:rsidR="002B0381" w:rsidRPr="00F50C73" w:rsidRDefault="002B0381" w:rsidP="002B0381">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78CA0A9C" w14:textId="77777777" w:rsidR="00A16DC0" w:rsidRDefault="002B0381" w:rsidP="002B0381">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A16DC0" w:rsidRPr="00297729">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>did you become a Dleader while taking your GLC Level 1 training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297729">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="2C0FECC8" w14:textId="294276AB" w:rsidR="00575230" w:rsidRDefault="002B0381" w:rsidP="00AC6680">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E7B356" w14:textId="2A2F6F35" w:rsidR="002B0381" w:rsidRPr="0017189C" w:rsidRDefault="002B0381" w:rsidP="002B0381">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:firstLine="630"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>How many members are attending? ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0FECC8" w14:textId="294276AB" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="002B0381" w:rsidP="00A16DC0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="79FB759E" w14:textId="23883060" w:rsidR="00575230" w:rsidRPr="00F50C73" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>How many of your members are leading their own Dgroup? _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FB759E" w14:textId="5920B9C3" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How many persons were you able to </w:t>
+      </w:r>
+      <w:r w:rsidR="00297519">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">share the gospel to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">while taking GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="009837FE" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009837FE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1? _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65195095" w14:textId="71306D11" w:rsidR="00297519" w:rsidRPr="00297519" w:rsidRDefault="00297519" w:rsidP="00297519">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297729">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="3EDC1ABF" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Note: The total should include (but may not be limited to) the persons in your Pray-Care-Share chart (p.3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDC1ABF" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1CFADE0A" w14:textId="53E9658C" w:rsidR="00575230" w:rsidRPr="00F50C73" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CFADE0A" w14:textId="53E9658C" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) Which GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="009837FE" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009837FE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 module (BOOKS 1 - 4) did you like best? Why? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F24F880" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00F50C73" w:rsidRDefault="00575230" w:rsidP="00575230">
+    <w:p w14:paraId="5F24F880" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="8"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="285E42A8" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4330000C" w14:textId="0078B93D" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="0017189C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk516665953"/>
-      <w:r w:rsidRPr="00822C9A">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t>_________________________________________________________________________________</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="237E9E1C" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="00F50C73" w:rsidRDefault="00575230" w:rsidP="00575230">
+    <w:p w14:paraId="237E9E1C" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="8"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4B84522A" w14:textId="543707BD" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5105BA" w14:textId="5197DBE2" w:rsidR="00575230" w:rsidRPr="00297729" w:rsidRDefault="00297519" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F50C73">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297729">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How has your GLC Level 1 training equipped you </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6C77" w:rsidRPr="00297729">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="75557CB2" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>to live out the CCF DNA (Mission, Vision, Core Values)? Please give 1-2 specific real-life examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2F0C67" w14:textId="21EAD534" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="0017189C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00822C9A">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="6B9DA77B" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FB827E" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...33 lines deleted...]
-    <w:p w14:paraId="60C9E2A7" w14:textId="14F7E1E6" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C9E2A7" w14:textId="5431B53A" w:rsidR="00575230" w:rsidRPr="0017189C" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
-          <w:sz w:val="22"/>
-[...19 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What sacrifices did you </w:t>
+      </w:r>
+      <w:r w:rsidR="00297519">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make </w:t>
+      </w:r>
+      <w:r w:rsidR="00297519">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finish </w:t>
+      </w:r>
+      <w:r w:rsidR="00297519">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GLC </w:t>
+      </w:r>
+      <w:r w:rsidR="004F471B" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Level </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE1BF6">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="00297519">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>? Was it worth it? Why?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C091A6D" w14:textId="77777777" w:rsidR="00537EC6" w:rsidRPr="00BE1BF6" w:rsidRDefault="00537EC6" w:rsidP="00537EC6">
+    <w:p w14:paraId="3C091A6D" w14:textId="77777777" w:rsidR="00537EC6" w:rsidRPr="0017189C" w:rsidRDefault="00537EC6" w:rsidP="00537EC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4447A7CE" w14:textId="0C68B183" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4447A7CE" w14:textId="22220EC3" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00822C9A">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00BB1367" w:rsidRPr="00822C9A">
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00822C9A">
+      <w:r w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14332685" w14:textId="77777777" w:rsidR="00575230" w:rsidRPr="005D1C75" w:rsidRDefault="00575230" w:rsidP="00575230">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09598407" w14:textId="77777777" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00F40642">
+    <w:p w14:paraId="09598407" w14:textId="7DA50BCC" w:rsidR="00575230" w:rsidRDefault="00575230" w:rsidP="00F40642">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk516666033"/>
       <w:r w:rsidRPr="00827DE3">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00827DE3">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>You may use the back portion in case you need more space.</w:t>
+        <w:t>You may use the back portion i</w:t>
+      </w:r>
+      <w:r w:rsidR="00297519">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>you need more space.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="4A2AAD80" w14:textId="3A985C18" w:rsidR="00537EC6" w:rsidRPr="0033330C" w:rsidRDefault="009F237F" w:rsidP="00F40642">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>CCF</w:t>
       </w:r>
       <w:r w:rsidR="00537EC6" w:rsidRPr="0033330C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:b/>
@@ -5279,1682 +9798,494 @@
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61436">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Upon accomplishing this Life App Form</w:t>
       </w:r>
       <w:r w:rsidR="00EA4B7C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C61436">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">you agree and confirm that all information that you have provided herein has been given by you with your express and informed consent and may be handled by CCF in accordance with CCF’s Privacy Policy (https://www.ccf.org.ph/privacy-policy/), and should there be any concern with regard to the handling of your information, that you will first bring the same to the attention of CCF for proper remediation at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00AC6680" w:rsidRPr="009A213E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
             <w:sz w:val="14"/>
           </w:rPr>
           <w:t>privacy@ccf.org.ph</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C61436">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00537EC6" w:rsidRPr="0033330C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428BA301" w14:textId="77777777" w:rsidR="00AC6680" w:rsidRDefault="00AC6680" w:rsidP="00AC6680">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="634D5468" w14:textId="77777777" w:rsidR="00AC6680" w:rsidRPr="0033330C" w:rsidRDefault="00AC6680" w:rsidP="00F40642">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F2933F5" w14:textId="0BC40B93" w:rsidR="00BD6719" w:rsidRDefault="00537EC6" w:rsidP="00AC6680">
+    <w:p w14:paraId="4FAD6408" w14:textId="77777777" w:rsidR="0017189C" w:rsidRDefault="00537EC6" w:rsidP="00AC6680">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40642" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40642" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2933F5" w14:textId="21BB8614" w:rsidR="00BD6719" w:rsidRPr="0017189C" w:rsidRDefault="00A94547" w:rsidP="00AC6680">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>________</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signature over </w:t>
+      </w:r>
+      <w:r w:rsidR="00537EC6" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Printed Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00822C9A">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+      <w:r w:rsidR="00BB1367" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB1367">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+      <w:r w:rsidR="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB1367">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+      <w:r w:rsidR="00537EC6" w:rsidRPr="0017189C">
+        <w:rPr>
+          <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidR="00537EC6" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(mm/dd/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidR="00537EC6" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F50C73">
+      <w:r w:rsidR="00537EC6" w:rsidRPr="0017189C">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:hAnsi="Proxima Nova Rg"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43490380" w14:textId="77777777" w:rsidR="00BD6719" w:rsidRDefault="00BD6719" w:rsidP="00BD6719">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00BD6719">
+    <w:p w14:paraId="7A3830DC" w14:textId="77777777" w:rsidR="0017189C" w:rsidRDefault="0017189C" w:rsidP="00BD6719">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1288 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DA3F8D" w14:textId="77777777" w:rsidR="003146C6" w:rsidRDefault="003146C6" w:rsidP="00BD6719">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="019A00FD" w14:textId="77777777" w:rsidR="00A16DC0" w:rsidRPr="00A16DC0" w:rsidRDefault="00A16DC0" w:rsidP="00A16DC0">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A16DC0" w:rsidRPr="00A16DC0" w:rsidSect="00A123E5">
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47606B11" w14:textId="77777777" w:rsidR="0074590A" w:rsidRDefault="0074590A" w:rsidP="008E7E65">
+    <w:p w14:paraId="731683DC" w14:textId="77777777" w:rsidR="00EC117F" w:rsidRDefault="00EC117F" w:rsidP="008E7E65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4634CADE" w14:textId="77777777" w:rsidR="0074590A" w:rsidRDefault="0074590A" w:rsidP="008E7E65">
+    <w:p w14:paraId="05EA30F3" w14:textId="77777777" w:rsidR="00EC117F" w:rsidRDefault="00EC117F" w:rsidP="008E7E65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{02C22C0D-3014-6E43-9C57-8EAA2B441005}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{18A2050F-4EE2-2941-A513-09D640756B13}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{6039962B-3037-A74D-80B4-6A0CACC77D70}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{EE50851D-CD83-7D4A-AEF4-1BB45CE29155}"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{131B1C4E-5F5D-F043-A455-3FA854099BF1}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{530886BD-D50D-D649-9A1F-6BB8D7DF56B7}"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{FA46963F-10EC-6E4F-9143-F18C7AC2F5DC}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{AF1194A6-832B-4FBB-B1BC-2CD2BCDE65A3}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{2B3BAD33-305E-405A-A2EF-B20079156A58}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{E4D0F75B-F1D2-E34C-BF98-0A72C0DD1B27}"/>
+    <w:embedBold r:id="rId9" w:fontKey="{CAB9AE1D-B1E8-4C45-B25E-1F79770A908A}"/>
+    <w:embedItalic r:id="rId10" w:fontKey="{1F4A1427-F017-9943-88EC-48A5B646250A}"/>
+    <w:embedBoldItalic r:id="rId11" w:fontKey="{7D16B810-47AE-124F-9A96-DBC0ABBE1D7E}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{244CCB67-AFB6-4456-9E6D-3AD0BADDC6B8}"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{FE85C080-BDC0-1D4F-A3E0-3AABCDC70E62}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{99B53D4A-51D8-8844-BC71-32EDD4EB7380}"/>
   </w:font>
   <w:font w:name="Proxima Nova Rg">
     <w:altName w:val="Tahoma"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000E0FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{3798E4D7-9ED8-4CDA-B3FD-604449A13BFB}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{D7EA181E-72E9-4431-BFDD-A18066EB69CB}"/>
+    <w:embedRegular r:id="rId18" w:fontKey="{57DF550B-3692-C349-A953-4700F55E9B48}"/>
+    <w:embedBold r:id="rId19" w:fontKey="{C8896901-F120-BD43-B8C5-1172D35E69D2}"/>
+    <w:embedItalic r:id="rId20" w:fontKey="{04AD6A39-002B-214D-93E7-EB6E40E46BE9}"/>
+    <w:embedBoldItalic r:id="rId21" w:fontKey="{8611F746-411C-9746-B487-DBF022287BC5}"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedItalic r:id="rId22" w:fontKey="{F02BCC79-9808-2C45-84DE-3DF777855492}"/>
+  </w:font>
+  <w:font w:name="Annai MN">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20108007" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{F8A90E82-B332-42B0-9B3C-0BAB9FA36CD2}"/>
+    <w:embedRegular r:id="rId24" w:fontKey="{539BA3B4-F6E8-2C4E-B2D3-4B5B6B903895}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:id w:val="419218032"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="18D54B26" w14:textId="5391AADF" w:rsidR="00546BD0" w:rsidRPr="00CC6020" w:rsidRDefault="00546BD0">
+      <w:p w14:paraId="18D54B26" w14:textId="71BFD008" w:rsidR="00546BD0" w:rsidRPr="00CC6020" w:rsidRDefault="00546BD0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00CC6020">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r w:rsidRPr="00CC6020">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00CC6020">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -6970,143 +10301,119 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="001A16CE">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00CC6020">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00CC6020">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r w:rsidR="00BD6719">
+        <w:r w:rsidR="00A16DC0">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="18"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="49B0C0FA" w14:textId="2D35A8A5" w:rsidR="00546BD0" w:rsidRPr="00575230" w:rsidRDefault="00C2500D">
+  <w:p w14:paraId="49B0C0FA" w14:textId="552E5E17" w:rsidR="00546BD0" w:rsidRPr="00575230" w:rsidRDefault="00C2500D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00575230">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated as of </w:t>
     </w:r>
-    <w:r w:rsidR="00F40642">
+    <w:r w:rsidR="00F851CC">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>May</w:t>
-[...23 lines deleted...]
-      <w:t>8</w:t>
+      <w:t>Feb. 24</w:t>
     </w:r>
     <w:r w:rsidR="00F669B7">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00A123E5">
+    <w:r w:rsidR="00F851CC">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="190921C1" w14:textId="77777777" w:rsidR="0074590A" w:rsidRDefault="0074590A" w:rsidP="008E7E65">
+    <w:p w14:paraId="5DD7A195" w14:textId="77777777" w:rsidR="00EC117F" w:rsidRDefault="00EC117F" w:rsidP="008E7E65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BDCD919" w14:textId="77777777" w:rsidR="0074590A" w:rsidRDefault="0074590A" w:rsidP="008E7E65">
+    <w:p w14:paraId="2EE5DCDD" w14:textId="77777777" w:rsidR="00EC117F" w:rsidRDefault="00EC117F" w:rsidP="008E7E65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C6A4EBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22DE1D64"/>
     <w:lvl w:ilvl="0" w:tplc="94A88C42">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -7281,51 +10588,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A340CE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="685609C8"/>
+    <w:tmpl w:val="7D2222BC"/>
     <w:lvl w:ilvl="0" w:tplc="06C28172">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -7729,292 +11036,334 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="840320022">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="303779942">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="200825894">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="359741498">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1274245776">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2088917897">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="144"/>
   <w:embedTrueTypeFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00476D22"/>
     <w:rsid w:val="00004660"/>
     <w:rsid w:val="00026D41"/>
     <w:rsid w:val="000302FF"/>
+    <w:rsid w:val="0005690D"/>
     <w:rsid w:val="0005719C"/>
     <w:rsid w:val="00057D21"/>
     <w:rsid w:val="0006706A"/>
+    <w:rsid w:val="000831EB"/>
     <w:rsid w:val="00087CA9"/>
     <w:rsid w:val="00097A4D"/>
     <w:rsid w:val="000B316E"/>
     <w:rsid w:val="000C0E4C"/>
     <w:rsid w:val="000D02AD"/>
     <w:rsid w:val="000D2B77"/>
     <w:rsid w:val="000F30A2"/>
     <w:rsid w:val="001253DC"/>
     <w:rsid w:val="00143D58"/>
     <w:rsid w:val="00153E4B"/>
     <w:rsid w:val="00154913"/>
     <w:rsid w:val="00154A84"/>
     <w:rsid w:val="001615BC"/>
     <w:rsid w:val="00166009"/>
+    <w:rsid w:val="0017189C"/>
     <w:rsid w:val="00181576"/>
     <w:rsid w:val="001829EB"/>
     <w:rsid w:val="00190506"/>
     <w:rsid w:val="001A16CE"/>
+    <w:rsid w:val="001B141C"/>
     <w:rsid w:val="001B676D"/>
     <w:rsid w:val="001F0503"/>
     <w:rsid w:val="00216FA4"/>
     <w:rsid w:val="00240A92"/>
+    <w:rsid w:val="002433B7"/>
+    <w:rsid w:val="0025480C"/>
     <w:rsid w:val="0027070C"/>
     <w:rsid w:val="0027510D"/>
     <w:rsid w:val="00277715"/>
+    <w:rsid w:val="00277DD0"/>
+    <w:rsid w:val="00286FA5"/>
+    <w:rsid w:val="00297519"/>
+    <w:rsid w:val="00297729"/>
     <w:rsid w:val="002A7200"/>
     <w:rsid w:val="002B0381"/>
     <w:rsid w:val="002B062D"/>
     <w:rsid w:val="002B36CE"/>
     <w:rsid w:val="002C3586"/>
     <w:rsid w:val="002D1AD9"/>
     <w:rsid w:val="002D29B9"/>
     <w:rsid w:val="002D79BF"/>
     <w:rsid w:val="002E7345"/>
     <w:rsid w:val="0030125F"/>
     <w:rsid w:val="00312477"/>
     <w:rsid w:val="00313A33"/>
+    <w:rsid w:val="003146C6"/>
     <w:rsid w:val="003229AB"/>
     <w:rsid w:val="00332B2A"/>
+    <w:rsid w:val="00334712"/>
     <w:rsid w:val="00354F44"/>
     <w:rsid w:val="00361B78"/>
+    <w:rsid w:val="00363760"/>
     <w:rsid w:val="00380018"/>
     <w:rsid w:val="00382E51"/>
+    <w:rsid w:val="00383381"/>
     <w:rsid w:val="003B7F0A"/>
     <w:rsid w:val="003C4F07"/>
     <w:rsid w:val="003C761E"/>
     <w:rsid w:val="003C792C"/>
+    <w:rsid w:val="003E31BA"/>
     <w:rsid w:val="00401BC2"/>
     <w:rsid w:val="00425AFB"/>
     <w:rsid w:val="00440F5E"/>
     <w:rsid w:val="00441A06"/>
     <w:rsid w:val="00446709"/>
     <w:rsid w:val="00453CB7"/>
     <w:rsid w:val="00476D22"/>
     <w:rsid w:val="0047715E"/>
+    <w:rsid w:val="004933B3"/>
     <w:rsid w:val="00493583"/>
     <w:rsid w:val="00495DCB"/>
     <w:rsid w:val="004E081E"/>
     <w:rsid w:val="004E223F"/>
     <w:rsid w:val="004F1D37"/>
     <w:rsid w:val="004F471B"/>
     <w:rsid w:val="004F64EF"/>
     <w:rsid w:val="00503615"/>
     <w:rsid w:val="0051243B"/>
     <w:rsid w:val="00522C7A"/>
     <w:rsid w:val="00535A62"/>
     <w:rsid w:val="00537EC6"/>
     <w:rsid w:val="00542595"/>
     <w:rsid w:val="00542BAF"/>
+    <w:rsid w:val="00546984"/>
     <w:rsid w:val="00546BD0"/>
     <w:rsid w:val="005641FD"/>
     <w:rsid w:val="00570778"/>
     <w:rsid w:val="00571977"/>
     <w:rsid w:val="00575230"/>
     <w:rsid w:val="005831B2"/>
     <w:rsid w:val="00596F41"/>
+    <w:rsid w:val="005A306D"/>
+    <w:rsid w:val="005B2503"/>
     <w:rsid w:val="005B46AC"/>
     <w:rsid w:val="005C0AF8"/>
     <w:rsid w:val="005C1727"/>
     <w:rsid w:val="005C4625"/>
     <w:rsid w:val="005E6A3A"/>
     <w:rsid w:val="005F4D7B"/>
     <w:rsid w:val="00603EEB"/>
     <w:rsid w:val="00607C25"/>
     <w:rsid w:val="00624836"/>
     <w:rsid w:val="00667F26"/>
     <w:rsid w:val="00674749"/>
     <w:rsid w:val="006A20F9"/>
     <w:rsid w:val="006B02EF"/>
     <w:rsid w:val="006D780F"/>
     <w:rsid w:val="006F3C78"/>
     <w:rsid w:val="00701E71"/>
+    <w:rsid w:val="007041C4"/>
     <w:rsid w:val="00717D61"/>
+    <w:rsid w:val="00726AB5"/>
     <w:rsid w:val="0074110D"/>
     <w:rsid w:val="00743EE3"/>
     <w:rsid w:val="0074590A"/>
     <w:rsid w:val="0075407C"/>
     <w:rsid w:val="0075716B"/>
     <w:rsid w:val="00766C6C"/>
+    <w:rsid w:val="007920A6"/>
     <w:rsid w:val="00793444"/>
     <w:rsid w:val="007A309A"/>
     <w:rsid w:val="007A59AB"/>
     <w:rsid w:val="007B15C7"/>
+    <w:rsid w:val="007E1027"/>
     <w:rsid w:val="007E103D"/>
     <w:rsid w:val="007E5A3C"/>
     <w:rsid w:val="007F01C9"/>
     <w:rsid w:val="007F4EE3"/>
     <w:rsid w:val="0080198B"/>
     <w:rsid w:val="00817616"/>
     <w:rsid w:val="00831D00"/>
     <w:rsid w:val="00863F0C"/>
     <w:rsid w:val="00866852"/>
     <w:rsid w:val="00877AE6"/>
+    <w:rsid w:val="00880E0B"/>
+    <w:rsid w:val="0088550C"/>
     <w:rsid w:val="00890188"/>
     <w:rsid w:val="008A52DD"/>
     <w:rsid w:val="008B64BF"/>
     <w:rsid w:val="008C0B0C"/>
     <w:rsid w:val="008C1342"/>
     <w:rsid w:val="008C3152"/>
     <w:rsid w:val="008C522D"/>
     <w:rsid w:val="008D2B1B"/>
     <w:rsid w:val="008D5CEE"/>
+    <w:rsid w:val="008E644B"/>
     <w:rsid w:val="008E7E65"/>
     <w:rsid w:val="008F7AE9"/>
     <w:rsid w:val="009042A3"/>
     <w:rsid w:val="00930A65"/>
     <w:rsid w:val="00960EF1"/>
+    <w:rsid w:val="00975ABD"/>
     <w:rsid w:val="009837FE"/>
     <w:rsid w:val="009A7CC6"/>
     <w:rsid w:val="009D0CBE"/>
     <w:rsid w:val="009D51CB"/>
     <w:rsid w:val="009D74C2"/>
     <w:rsid w:val="009F237F"/>
     <w:rsid w:val="00A123E5"/>
+    <w:rsid w:val="00A16DC0"/>
     <w:rsid w:val="00A374EA"/>
     <w:rsid w:val="00A530B4"/>
     <w:rsid w:val="00A774AC"/>
     <w:rsid w:val="00A7756E"/>
     <w:rsid w:val="00A844EE"/>
     <w:rsid w:val="00A87432"/>
+    <w:rsid w:val="00A94547"/>
     <w:rsid w:val="00A94DE4"/>
     <w:rsid w:val="00AA1293"/>
     <w:rsid w:val="00AA24C2"/>
     <w:rsid w:val="00AC6680"/>
     <w:rsid w:val="00AD3D20"/>
     <w:rsid w:val="00AD4313"/>
     <w:rsid w:val="00AE14F5"/>
     <w:rsid w:val="00AE4D46"/>
     <w:rsid w:val="00AE5AD1"/>
+    <w:rsid w:val="00AF511C"/>
     <w:rsid w:val="00B04723"/>
     <w:rsid w:val="00B13A75"/>
     <w:rsid w:val="00B146C3"/>
+    <w:rsid w:val="00B233D7"/>
     <w:rsid w:val="00B4203E"/>
     <w:rsid w:val="00B51E83"/>
     <w:rsid w:val="00B635F5"/>
     <w:rsid w:val="00B719D2"/>
     <w:rsid w:val="00B9000E"/>
     <w:rsid w:val="00B928EB"/>
     <w:rsid w:val="00BA62D1"/>
     <w:rsid w:val="00BB1367"/>
     <w:rsid w:val="00BB31A2"/>
     <w:rsid w:val="00BD6719"/>
     <w:rsid w:val="00BD75F5"/>
     <w:rsid w:val="00BE67A7"/>
     <w:rsid w:val="00BF09E6"/>
     <w:rsid w:val="00BF6EE0"/>
     <w:rsid w:val="00C04004"/>
     <w:rsid w:val="00C11CB8"/>
     <w:rsid w:val="00C2500D"/>
     <w:rsid w:val="00C5076E"/>
     <w:rsid w:val="00C61436"/>
     <w:rsid w:val="00C84041"/>
     <w:rsid w:val="00C85E02"/>
     <w:rsid w:val="00CC6020"/>
     <w:rsid w:val="00CC7EE0"/>
     <w:rsid w:val="00CD05C6"/>
+    <w:rsid w:val="00CD6EF0"/>
     <w:rsid w:val="00CE7D28"/>
+    <w:rsid w:val="00CF5B9E"/>
     <w:rsid w:val="00D00A9F"/>
+    <w:rsid w:val="00D30BE4"/>
     <w:rsid w:val="00D569D9"/>
     <w:rsid w:val="00D716DE"/>
     <w:rsid w:val="00D76DAB"/>
     <w:rsid w:val="00DA1799"/>
     <w:rsid w:val="00DA6291"/>
     <w:rsid w:val="00DD3877"/>
     <w:rsid w:val="00DD7268"/>
     <w:rsid w:val="00E01622"/>
+    <w:rsid w:val="00E02C25"/>
     <w:rsid w:val="00E1251B"/>
     <w:rsid w:val="00E3344F"/>
     <w:rsid w:val="00E343E5"/>
+    <w:rsid w:val="00E54A6F"/>
     <w:rsid w:val="00E564B5"/>
     <w:rsid w:val="00E701E7"/>
     <w:rsid w:val="00E74066"/>
     <w:rsid w:val="00E7785A"/>
     <w:rsid w:val="00EA4B7C"/>
     <w:rsid w:val="00EB4D4C"/>
     <w:rsid w:val="00EB5D8F"/>
     <w:rsid w:val="00EC0B46"/>
+    <w:rsid w:val="00EC117F"/>
+    <w:rsid w:val="00EC1AE7"/>
     <w:rsid w:val="00ED5D06"/>
+    <w:rsid w:val="00EE5224"/>
     <w:rsid w:val="00EF2ABE"/>
     <w:rsid w:val="00EF3843"/>
     <w:rsid w:val="00F070CA"/>
     <w:rsid w:val="00F07B36"/>
     <w:rsid w:val="00F16689"/>
     <w:rsid w:val="00F22B16"/>
     <w:rsid w:val="00F3608E"/>
     <w:rsid w:val="00F40642"/>
     <w:rsid w:val="00F46890"/>
     <w:rsid w:val="00F669B7"/>
+    <w:rsid w:val="00F66C3E"/>
     <w:rsid w:val="00F7751C"/>
+    <w:rsid w:val="00F851CC"/>
     <w:rsid w:val="00F92970"/>
     <w:rsid w:val="00FD6E89"/>
+    <w:rsid w:val="00FE6C77"/>
     <w:rsid w:val="00FF7993"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -8403,76 +11752,76 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00476D22"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00476D22"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
@@ -8620,66 +11969,73 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F669B7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F669B7"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003146C6"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@ccf.org.ph" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@ccf.org.ph" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font24.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font23.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font22.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8940,54 +12296,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Remarks xmlns="e86844e9-35b1-4c32-932c-e36fed268281" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e86844e9-35b1-4c32-932c-e36fed268281">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Actiontaken xmlns="e86844e9-35b1-4c32-932c-e36fed268281" xsi:nil="true"/>
+    <TaxCatchAll xmlns="a685d087-04fa-40c0-ac03-3f184e4bb3fa" xsi:nil="true"/>
+    <ReviewedBy xmlns="e86844e9-35b1-4c32-932c-e36fed268281" xsi:nil="true"/>
+    <AppliedforGrad_x003f_ xmlns="e86844e9-35b1-4c32-932c-e36fed268281">true</AppliedforGrad_x003f_>
+    <Reviewed xmlns="e86844e9-35b1-4c32-932c-e36fed268281" xsi:nil="true"/>
+    <LifeAppStatus xmlns="e86844e9-35b1-4c32-932c-e36fed268281" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010032171A03C9DB1946ABE8C3F8F217999B" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3c09e7bc74e2fa8e1f9332eda33e15ab">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e86844e9-35b1-4c32-932c-e36fed268281" xmlns:ns3="a685d087-04fa-40c0-ac03-3f184e4bb3fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1850e91b6260e8fe95c4f14a43c45b99" ns2:_="" ns3:_="">
     <xsd:import namespace="e86844e9-35b1-4c32-932c-e36fed268281"/>
     <xsd:import namespace="a685d087-04fa-40c0-ac03-3f184e4bb3fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:ReviewedBy" minOccurs="0"/>
@@ -9243,152 +12625,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{978A6259-18D6-4259-A03B-0546221B10DD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83BA48F9-A8DF-48A3-B890-A6020BA2452F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e86844e9-35b1-4c32-932c-e36fed268281"/>
+    <ds:schemaRef ds:uri="a685d087-04fa-40c0-ac03-3f184e4bb3fa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C19C0B16-9714-4E6D-8E96-83C67ACBD340}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A35714F5-71B7-4EEC-9B1D-2CB40C1EA7B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e86844e9-35b1-4c32-932c-e36fed268281"/>
     <ds:schemaRef ds:uri="a685d087-04fa-40c0-ac03-3f184e4bb3fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9248</Characters>
+  <Pages>5</Pages>
+  <Words>1091</Words>
+  <Characters>10979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>288</Lines>
+  <Paragraphs>158</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10849</CharactersWithSpaces>
+  <CharactersWithSpaces>11912</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4128823</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://smallgroups.ccf.org.ph/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>